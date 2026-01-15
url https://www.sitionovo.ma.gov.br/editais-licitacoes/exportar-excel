--- v0 (2025-11-01)
+++ v1 (2026-01-15)
@@ -12,4835 +12,4790 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1597">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1582">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>DISPENSA nº 017/2025</t>
+  </si>
+  <si>
+    <t>017/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DIRETA DE AQUISIÇÃO DE MATERIAIS DE CO...</t>
+  </si>
+  <si>
+    <t>26/12/2025</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>46.273,34</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 016/2025</t>
+  </si>
+  <si>
+    <t>016/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO EVENTUAL E FUTURA DE EMPRESA ESPECIALI...</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>10.148.400,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 016/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DIRETA DE PRESTAÇÃO DE SERVIÇOS DE PRE...</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>61.203,33</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 015/2025</t>
+  </si>
+  <si>
+    <t>015/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DIRETA DE AQUISIÇÃO DE COPOS DE ÁGUA M...</t>
+  </si>
+  <si>
+    <t>59.494,50</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 014/2025</t>
+  </si>
+  <si>
+    <t>014/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DIRETA POR MEIO DE DISPENSA DE LICITAÇ...</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>58.370,00</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA nº 012/2025</t>
+  </si>
+  <si>
+    <t>012/2025</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA</t>
+  </si>
+  <si>
+    <t>6.655.234,99</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA nº 011/2025</t>
+  </si>
+  <si>
+    <t>011/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA OS SERVI...</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>1.098.331,41</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA nº 010/2025</t>
+  </si>
+  <si>
+    <t>010/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A IMPLAN...</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>1.450.000,00</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA nº 009/2025</t>
+  </si>
+  <si>
+    <t>009/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>209.522,58</t>
+  </si>
+  <si>
+    <t>ADESÃO ATA DE SRP nº 008/2025</t>
+  </si>
+  <si>
+    <t>008/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO ATA DE SRP</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA AQUISIÇÃO D...</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>Concluída</t>
+  </si>
+  <si>
+    <t>355.000,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 015/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>Melhor preço</t>
+  </si>
+  <si>
+    <t>CONTRATACAO PARA LOCAÇÃO MEDIANTE INEXIGIBILIDADE...</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>12.000,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 014/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA A LOCAÇÃ...</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>8.000,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 013/2025</t>
+  </si>
+  <si>
+    <t>013/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DIRETA POR INEXIGIBILIDADE DE LICITAÇÃ...</t>
+  </si>
+  <si>
+    <t>22/08/2025</t>
+  </si>
+  <si>
+    <t>134.750,00</t>
+  </si>
+  <si>
+    <t>ADESÃO ATA DE SRP nº 007/2025</t>
+  </si>
+  <si>
+    <t>007/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA FORNECIMENT...</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>800.987,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 012/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO DE SH...</t>
+  </si>
+  <si>
+    <t>250.000,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 015/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A ORGANI...</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>496.363,34</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 014/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM ORNAMENTAÇ...</t>
+  </si>
+  <si>
+    <t>24/11/2025</t>
+  </si>
+  <si>
+    <t>336.035,79</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 013/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISI...</t>
+  </si>
+  <si>
+    <t>19/11/2025</t>
+  </si>
+  <si>
+    <t>3.224.448,15</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 013/2025</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇ...</t>
+  </si>
+  <si>
+    <t>122.336,28</t>
+  </si>
+  <si>
     <t>PREGÃO ELETRÔNICO nº 012/2025</t>
   </si>
   <si>
-    <t>012/2025</t>
-[...8 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃO DE AMBULÂNCIA TIPO A – SIMPLES REMOÇÃO -TIPO PICK-UP 4x4, PARA ATENDIMENTO DAS NECESSIDADES DO MUN...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃ...</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>Revogada</t>
   </si>
   <si>
     <t>330.950,33</t>
   </si>
   <si>
     <t>DISPENSA nº 012/2025</t>
   </si>
   <si>
-    <t>DISPENSA</t>
-[...4 lines deleted...]
-  <si>
     <t>22/09/2025</t>
   </si>
   <si>
-    <t>Concluída</t>
-[...1 lines deleted...]
-  <si>
     <t>61.970,84</t>
   </si>
   <si>
     <t>DISPENSA nº 002/2025</t>
   </si>
   <si>
     <t>002/2025</t>
   </si>
   <si>
-    <t>Contratação de Empresa e Especializada Para a Aquisição de Motores Elétricos, Bombas de Poços Artesianos Do Serviço Autônomo De Água E Esgosto Do Muni...</t>
+    <t>Contratação de Empresa e Especializada Para a Aqui...</t>
   </si>
   <si>
     <t>04/09/2025</t>
   </si>
   <si>
-    <t>Em Andamento</t>
-[...1 lines deleted...]
-  <si>
     <t>62.240,96</t>
   </si>
   <si>
     <t>DISPENSA nº 011/2025</t>
   </si>
   <si>
-    <t>011/2025</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA PARA REFORMA E MANUTENÇÃO DAS EDIFICAÇÕES EXISTENTES NO PARQUE DE VAQUEJADA PROTÁSIO JOSÉ MARINHO NA SEDE...</t>
+    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA PARA...</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>123.064,47</t>
   </si>
   <si>
     <t>DISPENSA nº 010/2025</t>
   </si>
   <si>
-    <t>010/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>18/08/2025</t>
   </si>
   <si>
     <t>57.633,41</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 008/2025</t>
   </si>
   <si>
-    <t>008/2025</t>
-[...5 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A REFORMA E MANUTENÇÃO DO HOSPITAL MUNICIPAL DE SÍTIO NOVO - MA</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A REFORM...</t>
   </si>
   <si>
     <t>27/08/2025</t>
   </si>
   <si>
     <t>587.117,21</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 007/2025</t>
   </si>
   <si>
-    <t>007/2025</t>
-[...2 lines deleted...]
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AMPLIAÇÃO E MANUTENÇÃO DA ESCOLA MUNICIPAL AMIGUINHOS DO SABER NA SEDE DO MUNICÍPIO DE SÍTIO NOVO - MA</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AMPLIA...</t>
   </si>
   <si>
     <t>20/08/2025</t>
   </si>
   <si>
     <t>181.746,77</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 006/2025</t>
   </si>
   <si>
     <t>006/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EVENTUAL E FUTURA DE EMPRESA ESPECIALIZADA PARA A RECUPERAÇÃO E MANUTENÇÃO DE PONTES DE MADEIRA NO MUNICÍPIO DE SÍTIO NOVO – MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>4.542.466,10</t>
   </si>
   <si>
     <t>DISPENSA nº 009/2025</t>
   </si>
   <si>
-    <t>009/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>29/07/2025</t>
   </si>
   <si>
     <t>60.529,30</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 011/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO EVENTUAL E FUTURA DE PNEUS, CÂMARAS DE AR E PROTETORES, PARA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL</t>
-[...1 lines deleted...]
-  <si>
     <t>05/08/2025</t>
   </si>
   <si>
     <t>1.825.726,25</t>
   </si>
   <si>
     <t>DISPENSA nº 008/2025</t>
   </si>
   <si>
-    <t>Melhor preço</t>
-[...4 lines deleted...]
-  <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>62.460,50</t>
   </si>
   <si>
     <t>DISPENSA nº 007/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DO SERVIÇO DE APOIO ÀS MICRO E PEQUENAS EMPRESAS DO MARANHÃO - SEBRAE/MA PARA DESENVOLVER O PROJETO CIDADE EMPREENDEDORA NO MUNICÍPIO DE S...</t>
+    <t>CONTRATAÇÃO DO SERVIÇO DE APOIO ÀS MICRO E PEQUENA...</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>28.270,05</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP nº 006/2025</t>
   </si>
   <si>
-    <t>ADESÃO ATA DE SRP</t>
-[...1 lines deleted...]
-  <si>
     <t>,MELHOR PREÇO</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE MATERIAIS DE EXPEDIENTE, PARA A ATENDER AS NECESSIDADES DAS SECRETARIAS MUNICIPAIS DE SITIO NOVO...</t>
+    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO...</t>
   </si>
   <si>
     <t>25/06/2025</t>
   </si>
   <si>
     <t>482.656,50</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 011/2025</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE</t>
-[...1 lines deleted...]
-  <si>
     <t>MELHOR</t>
   </si>
   <si>
-    <t>Contratação mediante inexigibilidade para show artístico musical CANTOR WAGNER DINNIZ, conforme detalhamento abaixo, dia 28 de Junho de 2025, com dura...</t>
+    <t>Contratação mediante inexigibilidade para show art...</t>
   </si>
   <si>
     <t>22/05/2025</t>
   </si>
   <si>
     <t>100.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 010/2025</t>
   </si>
   <si>
     <t>MELHOR PREÇO</t>
   </si>
   <si>
-    <t>Contratação mediante inexigibilidade para show artístico musical CANTOR MAGNO COSTA, conforme detalhamento abaixo, dia 26 de Junho de 2025, com duraçã...</t>
-[...1 lines deleted...]
-  <si>
     <t>10/06/2025</t>
   </si>
   <si>
     <t>19.080,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 009/2025</t>
   </si>
   <si>
-    <t>Contratação mediante inexigibilidade para show artístico musical CANTOR JOAN ALESSANDRO, conforme detalhamento abaixo, dia 27 de Junho de 2025, com du...</t>
-[...1 lines deleted...]
-  <si>
     <t>70.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 008/2025</t>
   </si>
   <si>
     <t>MELHOPREÇO</t>
   </si>
   <si>
-    <t>Contratação De Serviços De Assessoria Técnica E Especializada Para Catação De Recursos E Gestão De Projetos Governamentais Ao Município De Sitio Novo/...</t>
+    <t>Contratação De Serviços De Assessoria Técnica E Es...</t>
   </si>
   <si>
     <t>11/03/2025</t>
   </si>
   <si>
     <t>225.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 006/2025</t>
   </si>
   <si>
     <t>MENOR PREÇO GLOBAL</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA POR MEIO DE DISPENSA DE LICITAÇÃO, PARA AQUISIÇÃO DE PNEUS E CÂMARAS PARA AS NECESSIDADES DA SECRETARIA DE EDUCAÇÃO.</t>
-[...1 lines deleted...]
-  <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>47.361,77</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 010/2025</t>
   </si>
   <si>
     <t>MENOR PREÇO POR ITEM</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO EVENTUAL E FUTURA DE MATERIAL DE EXPEDIENTE, PARA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL.</t>
-[...1 lines deleted...]
-  <si>
     <t>2.266.577,51</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 009/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EVENTUAL E FUTURA DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS, PARA O MUNICÍPIO DE SÍTIO NOVO - MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>05/06/0205</t>
   </si>
   <si>
     <t>1.237.051,15</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 008/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO EVENTUAL E FUTURA DE MATERIAL DE LIMPEZA, PARA A ADMINISTRAÇÃO PÚBLICA MUNICIPAL.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.353.163,79</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 007/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DOS SERVIÇOS FÚNEBRES INCLUÍDO O TRANSLADO, PARA ATENDIMENTO DA NECESSIDADES DO MUNICÍPIO DE SITIO N...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO...</t>
   </si>
   <si>
     <t>02/06/2025</t>
   </si>
   <si>
     <t>409.364,78</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 006/2025</t>
   </si>
   <si>
     <t>MAIOR PREÇO GLOBAL</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE INSTITUIÇÃO FINANCEIRA, PÚBLICA OU PRIVADA, ESPECIALIZADA NA PRESTAÇÃO DOS SERVIÇOS DE PROCESSAMENTO E GERENCIAMENTO DE CRÉDITOS PROVEN...</t>
+    <t>CONTRATAÇÃO DE INSTITUIÇÃO FINANCEIRA, PÚBLICA OU...</t>
   </si>
   <si>
     <t>06/06/2025</t>
   </si>
   <si>
     <t>476.836,67</t>
   </si>
   <si>
     <t>DISPENSA nº 005/2025</t>
   </si>
   <si>
     <t>005/2025</t>
   </si>
   <si>
     <t>Menor Preço Global</t>
   </si>
   <si>
-    <t>Contratação Direta De Empresa Para Fornecimento De Materiais Permanentes Para Consultórios Odontológicos, Em Atendimento Das Necessidades Do Município...</t>
+    <t>Contratação Direta De Empresa Para Fornecimento De...</t>
   </si>
   <si>
     <t>19/05/2025</t>
   </si>
   <si>
     <t>62.100,00</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP nº 005/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO POR ADESÃO ATA DE REGISTRO DE PREÇOS Nº 001.4/2025 - PREGÃO ELETRÔNICO Nº 010/2024 PROCESSO ADMINISTRATIVO Nº 031/2024, ORIGINÁRIO DO MUNI...</t>
+    <t>CONTRATAÇÃO POR ADESÃO ATA DE REGISTRO DE PREÇOS N...</t>
   </si>
   <si>
     <t>24/06/2025</t>
   </si>
   <si>
     <t>378.922,74</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP nº 004/2025</t>
   </si>
   <si>
     <t>004/2025</t>
   </si>
   <si>
     <t>MELHO PREÇO</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA AQUISIÇÃO DE VEÍCULO TIPO PICAPE ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL DE S...</t>
-[...1 lines deleted...]
-  <si>
     <t>23/04/2025</t>
   </si>
   <si>
     <t>118.000,00</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP nº 003/2025</t>
   </si>
   <si>
     <t>003/2025</t>
   </si>
   <si>
-    <t>Contratação Por Adesão Ata De Registro De Preços Nº 036/2024 – PROCESSO ADMINISTRATIVO Nº 028/2024 – PREGÃO ELETRONICO Nº 015/2024-SRP, Originário Do...</t>
+    <t>Contratação Por Adesão Ata De Registro De Preços N...</t>
   </si>
   <si>
     <t>800.930,00</t>
   </si>
   <si>
     <t>DISPENSA nº 004/2025</t>
   </si>
   <si>
     <t>Menor Valor Global</t>
   </si>
   <si>
-    <t>Contratação Direta De Empresa Para Fornecimento De Materiais Cirúrgicos Permanentes Para Atendimento Das Necessidades Do Hospital Municipal Do Municíp...</t>
-[...1 lines deleted...]
-  <si>
     <t>28/04/2025</t>
   </si>
   <si>
     <t>21.121,29</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 005/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DOS SERVIÇOS DE PROMOÇÃO E REALIZAÇÃO DE EVENTOS, SENDO A FESTA DA MÃES E FESTAS JUNINAS DO ANO 20...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
   </si>
   <si>
     <t>02/05/2025</t>
   </si>
   <si>
     <t>414.926,02</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 005/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EVENTUAL E FUTURA DE EMPRESA ESPECIALIZADA PARA A CONSTRUÇÃO DE MURO DE FECHAMENTO PARA DELIMITAÇÃO E PROTEÇÃO DE ÁREAS PERTENCENTES A PRÉ...</t>
-[...1 lines deleted...]
-  <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>1.106.747,13</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 004/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PAVIMENTAÇÃO DE ESTRADAS VICINAIS NO MUNICÍPIO DE SÍTIO NOVO -MA - CONVÊNIO TRANSFEREGOV Nº 959293/2024 (E...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PAVIME...</t>
   </si>
   <si>
     <t>10/04/2025</t>
   </si>
   <si>
     <t>540.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 004/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DESTINADOS A COMPOR O CARDÁPIO DA MERENDA ESCOLAR, NO EXERCÍCIO FINANCEI...</t>
-[...1 lines deleted...]
-  <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>1.685.774,37</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 003/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A CONSTRUÇÃO DE CRECHE E ESCOLA DE EDUCAÇÃO INFANTIL, NO MUNICÍPIO DE SÍTIO NOVO/MA – FNDE – CRECHE TIPO 1...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A CONST...</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>5.632.243,97</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 007/2025</t>
   </si>
   <si>
-    <t>CONTRATACAO POR INEXIGIBILIDADE DE LICITAÇÃO PARA LOCAÇÃO DE IMÓVEL DESTINADO A SEDIAR AS INSTALAÇÕES E FUNCIONAMENTO DO PROGRAMA CRIANÇA FELIZ, DA SE...</t>
+    <t>CONTRATACAO POR INEXIGIBILIDADE DE LICITAÇÃO PARA...</t>
   </si>
   <si>
     <t>19/02/2025</t>
   </si>
   <si>
     <t>13.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 003/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação dos serviços de licença e cessão de direito de uso de softwares para gestão municipal versão web e a...</t>
+    <t>Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>21/03/2025</t>
   </si>
   <si>
     <t>87.399,96</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP nº 002/2025</t>
   </si>
   <si>
-    <t>a Adesão Ata De Registro De Preços Nº 007/2024 Processo Administrativo Nº 005/2024 Pregão Eletrônico Nº 005/2024-SRP, Originário Do Município De Munic...</t>
+    <t>a Adesão Ata De Registro De Preços Nº 007/2024 Pro...</t>
   </si>
   <si>
     <t>05/05/2025</t>
   </si>
   <si>
     <t>927.336,00</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP nº 001/2025</t>
   </si>
   <si>
     <t>001/2025</t>
   </si>
   <si>
-    <t>Adesão de Ata de Registro de Preços Nº 01/2025, Concorrência - Eletrônica Nº 5/2024, Nº Processo Administrativo: 2611.01/2024, Originário Do Município...</t>
+    <t>Adesão de Ata de Registro de Preços Nº 01/2025, Co...</t>
   </si>
   <si>
     <t>843.262,98</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 002/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A REFORMA E AMPLIAÇÃO DO PRÉDIO DO ANEXO DA ESCOLA CORONEL JOÃO PEREIRA NO POVOADO PACIÊNCIA, MUNICÍPIO DE S...</t>
-[...1 lines deleted...]
-  <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>627.860,35</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 006/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO DE SHOW ARTÍSTICO DA “BANDA SUMIRE TOM DE ALERTA” PARA APRESENTAÇÃO DURANTE O CARNAVAL DO SÍTIO 2025, em...</t>
-[...1 lines deleted...]
-  <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>130.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 005/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO DE SHOW ARTÍSTICO DA “BANDA FABRÍCIA” PARA APRESENTAÇÃO DURANTE O CARNAVAL DO SÍTIO 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>57.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 004/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO DE SHOW ARTÍSTICO DA BANDA “BANANA COM CEVADA” PARA APRESENTAÇÃO DURANTE O CARNAVAL DO SÍTIO 2025, em Sít...</t>
-[...1 lines deleted...]
-  <si>
     <t>37.100,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 003/2025</t>
   </si>
   <si>
-    <t>a CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO DE SHOW ARTÍSTICO DO CANTOR MAGNO COSTA PARA APRESENTAÇÃO DURANTE O CARNAVAL DO SÍTIO 2025, EM SÍTIO NO...</t>
+    <t>a CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO DE...</t>
   </si>
   <si>
     <t>16.960,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 002/2025</t>
   </si>
   <si>
-    <t>CONTRATACAO POR INEXIGIBILIDADE DE LICITAÇÃO PARA LOCAÇÃO DE IMÓVEL DESTINADO A SEDIAR AS INSTALAÇÕES E FUNCIONAMENTO DE ANEXO DA ESCOLA MUNICIPAL TIA...</t>
-[...1 lines deleted...]
-  <si>
     <t>16/01/2025</t>
   </si>
   <si>
     <t>30.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 001/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA POR INEXIGIBILIDADE DE LICITAÇÃO PARA AQUISIÇÃO DE LIVROS DIDÁTICOS – COLEÇÃO PROSINHA DA EDUCAÇÃO INFANTIL, VOLUMES I, II, E III,...</t>
-[...1 lines deleted...]
-  <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>205.681,00</t>
   </si>
   <si>
     <t>DISPENSA nº 001 /2025</t>
   </si>
   <si>
-    <t>Contratação De Pessoa Jurídica Para Execução Dos Serviços De Locação De Sistema Para Gerenciar A Cobrança Do Faturamento E Arrecadação De Conta De Águ...</t>
+    <t>Contratação De Pessoa Jurídica Para Execução Dos S...</t>
   </si>
   <si>
     <t>15.052,56</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 002/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A ORGANIZAÇÃO E REALIZAÇÃO DO CARNAVAL DE 2025 (DOIS MIL E VINTE E CINCO), NO MUNICÍPIO DE SÍTIO NOVO – MA</t>
-[...1 lines deleted...]
-  <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>324.233,30</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 001/2024</t>
   </si>
   <si>
     <t>001/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA A LOCAÇÃO DE UM POÇO ARTESIANO EM AREA URBANA - PARA DISTRIBUIÇÃO DE ÁGUA POTÁVEL, NA SEDE DO MUNICIPIO DE S...</t>
-[...1 lines deleted...]
-  <si>
     <t>30/12/2024</t>
   </si>
   <si>
     <t>44.400,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 001/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AMPLIAÇÃO E REFORMA DO ESTÁDIO MUNICIPAL NA SEDE DO MUNICÍPIO DE SÍTIO NOVO – MA</t>
-[...1 lines deleted...]
-  <si>
     <t>575.282,73</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO nº 001/2025</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E EMPREENDEDOR FAMILIAR RURAL PARA COMPOR O CARDÁPIO DAS ESCOLAS DE EDUCAÇÃO INFANTIL E FUND...</t>
+    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA F...</t>
   </si>
   <si>
     <t>20/02/2025</t>
   </si>
   <si>
     <t>443.426,32</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 001/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃO DE MÁQUINAS E EQUIPAMENTOS PARA O MUNICÍPIO DE SÍTIO NOVO (MA), POR MEIO DO CONVÊNIO TRANSFEREGOV...</t>
-[...1 lines deleted...]
-  <si>
     <t>06/02/2025</t>
   </si>
   <si>
     <t>542.967,00</t>
   </si>
   <si>
     <t>DISPENSA nº 003/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA PARA EXECUÇÃO DOS SERVIÇOS DE LOCAÇÃO DE PROGRAMA DE COMPUTAÇÃO (SOFTWARE) EM PLATAFORMA WEB (INTERNET) NA ÁREA DE CONT...</t>
+    <t>CONTRATAÇÃO DE PESSOA JURÍDICA PARA EXECUÇÃO DOS S...</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>26.400,00</t>
   </si>
   <si>
-    <t>CONSTRUÇÃO DE COBERTURA EM ESTRUTURA MISTA SOBRE O PÁTIO DA ESCOLA MUNICIPAL GERUSA LEITE, NA SEDE DO MUNICÍPIO DE SÍTIO NOVO – MA</t>
+    <t>CONSTRUÇÃO DE COBERTURA EM ESTRUTURA MISTA SOBRE O...</t>
   </si>
   <si>
     <t>20/01/2025</t>
   </si>
   <si>
     <t>73.592,48</t>
   </si>
   <si>
     <t>DISPENSA nº 001/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA PARA A AMPLIAÇÃO DO HOSPITAL PÚBLICO MUNICIPAL DE SÍTIO NOVO – MA</t>
-[...1 lines deleted...]
-  <si>
     <t>38.406,13</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 023/2024</t>
   </si>
   <si>
     <t>023/2024</t>
   </si>
   <si>
-    <t>CONSAGRADO, SENDO A BANDA FORROZÃO TROPYKÁLIA, PARA APRESENTAÇÃO NO DIA 31 DE DEZEMBRO DE 2024, DURANTE O RÉVEILLON NO SITIO 2025</t>
+    <t>CONSAGRADO, SENDO A BANDA FORROZÃO TROPYKÁLIA, PA...</t>
   </si>
   <si>
     <t>07/11/2024</t>
   </si>
   <si>
-    <t>250.000,00</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE nº 022/2024</t>
   </si>
   <si>
     <t>022/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE ARTISTA CONSAGRADO, SENDO A BANDA FORRÓ CAVALO DE PAU, PARA APRESENTAÇÃO DURANTE O ANIVERSÁRIO DA CIDADE DE SITIO NOVO/MA – 2024</t>
+    <t>CONTRATAÇÃO DE ARTISTA CONSAGRADO, SENDO A BANDA F...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 010/2024</t>
   </si>
   <si>
     <t>010/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM ORNAMENTAÇÃO PARA A CARACTERIZAÇÃO NO MUNICÍPIO DE SÍTIO NOVO – MA PARA AS FESTAS NATALINAS, COM FORNECIMENTO...</t>
-[...1 lines deleted...]
-  <si>
     <t>06/12/2024</t>
   </si>
   <si>
     <t>215.204,45</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 009/2024</t>
   </si>
   <si>
     <t>009/2024</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a organização e realização de eventos no município de Sítio Novo – MA no ano de 2024 (dois mil e vinte e qua...</t>
+    <t>Contratação de empresa especializada para a organi...</t>
   </si>
   <si>
     <t>05/12/2024</t>
   </si>
   <si>
     <t>500.550,13</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 021/2024</t>
   </si>
   <si>
     <t>021/2024</t>
   </si>
   <si>
-    <t>Contratação de Serviços Advocatícios para a propositura e acompanhamento, pela CONTRATADA, até última instância ou final decisão, de demanda judicia...</t>
+    <t>Contratação de Serviços Advocatícios para a propo...</t>
   </si>
   <si>
     <t>13/09/2024</t>
   </si>
   <si>
     <t>000.000.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 020/2024</t>
   </si>
   <si>
     <t>020/2024</t>
   </si>
   <si>
-    <t>Contratação de Serviços Advocatícios para a prestação de serviços jurídicos pela CONTRATADA em favor da CONTRATANTE visando a revisão judicial e/ou ad...</t>
+    <t>Contratação de Serviços Advocatícios para a presta...</t>
   </si>
   <si>
     <t>818.226,90</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 019/2024</t>
   </si>
   <si>
     <t>019/2024</t>
   </si>
   <si>
-    <t>Contratação de Serviços Advocatícios para que patrocine demanda judicial visando à recuperação dos valores não repassados corretamente ao FUNDEB – Fun...</t>
+    <t>Contratação de Serviços Advocatícios para que patr...</t>
   </si>
   <si>
     <t>1.252.375,36</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 018/2024</t>
   </si>
   <si>
     <t>018/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE SERVIÇOS ADVOCATÍCIOS PARA QUE PATROCINE DEMANDA JUDICIAL (CUMPRIMENTO DE SENTENÇA – PROCESSO N. 0050616-27.1999.4.03.6100) VISANDO A R...</t>
+    <t>CONTRATAÇÃO DE SERVIÇOS ADVOCATÍCIOS PARA QUE PATR...</t>
   </si>
   <si>
     <t>10.294.843,28</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 017/2024</t>
   </si>
   <si>
     <t>017/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO PARA LOCAÇÃO DE IMOVEL PARA SEDIAR AS INSTALAÇÕES E FUNCIONAMENTO DO SERVIÇO DE ACOLHIMENTO INSTITUCIONAL PARA CRIANCAS E ADOLESCENTES,...</t>
+    <t>CONTRATAÇÃO PARA LOCAÇÃO DE IMOVEL PARA SEDIAR AS...</t>
   </si>
   <si>
     <t>16/09/2024</t>
   </si>
   <si>
     <t>5.648,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 016/2024</t>
   </si>
   <si>
     <t>016/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO POR INEXIBILIDADE DE LICITAÇÃO PARA LOCAÇÃO DE IMOVEL DESTINADO SEDIAR AS INSTALAÇÕES E FUNCIONAMENTO DO “ESTAÇÃO TECH”, NA SEDE DO MUNICI...</t>
+    <t>CONTRATAÇÃO POR INEXIBILIDADE DE LICITAÇÃO PARA LO...</t>
   </si>
   <si>
     <t>5.880,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 008/2024</t>
   </si>
   <si>
     <t>008/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A FORNECIMENTO DE LINK DEDICADO A INTERNET NO ANO DE 2024 (DOIS MIL E VINTE E QUATRO), PARA ATENDIMENTO DAS...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A FORNEC...</t>
   </si>
   <si>
     <t>26/11/2024</t>
   </si>
   <si>
     <t>352.800,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 007/2024</t>
   </si>
   <si>
     <t>007/2024</t>
   </si>
   <si>
     <t>MENOR PREÇO</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃO GASES MEDICINAIS PARA A CENTRAL DE GASES DO HOSPITAL MUNICIPAL, NO EXERCÍCIO FINANCEIRO DE 2024 (D...</t>
-[...1 lines deleted...]
-  <si>
     <t>213.399,63</t>
   </si>
   <si>
     <t>DISPENSA nº 008/2024</t>
   </si>
   <si>
     <t>menor preço global</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA DE PESSOA JURÍDICA POR DISPENSA DE LICITAÇÃO PARA A AQUISIÇÃO DE PRÓTESE TRANSTIBIAL PARA PACIENTE EM VULNERABILIDADE SOCIAL, NO ÂM...</t>
+    <t>CONTRATAÇÃO DIRETA DE PESSOA JURÍDICA POR DISPENSA...</t>
   </si>
   <si>
     <t>09/10/2024</t>
   </si>
   <si>
     <t>14.400,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 015/2024</t>
   </si>
   <si>
     <t>015/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA PARA AQUISIÇÃO DE LIVROS PEDAGÓGICOS COLEÇÃO “EDUCAÇÃO FÍSICA - DO 6º AO 9º ANO - A REFLEXÃO E A PRÁTICA NO ENSINO MÉDIO” DA EDITOR...</t>
+    <t>CONTRATAÇÃO DIRETA PARA AQUISIÇÃO DE LIVROS PEDAGÓ...</t>
   </si>
   <si>
     <t>23/07/2024</t>
   </si>
   <si>
     <t>328.157,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 014/2024</t>
   </si>
   <si>
     <t>014/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA PARA AQUISIÇÃO DE LIVROS PEDAGÓGICOS COLEÇÃO “SAEB - CAMINHOS DO APRENDER - EDITORA SEI”, DA EMPRESA LOTUS DISTRIBUIDORA LTDA, PARA...</t>
-[...1 lines deleted...]
-  <si>
     <t>14/08/2024</t>
   </si>
   <si>
     <t>413.440,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 013/2024</t>
   </si>
   <si>
     <t>013/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA A LOCAÇÃO DE IMOVEL URBANO SENDO A AREA COMPREENDIDA DO ESTÁDIO BRASIL - PARA SEDIAR EVENTOS ESPORTIVOS, NA...</t>
-[...1 lines deleted...]
-  <si>
     <t>04/06/2024</t>
   </si>
   <si>
     <t>14.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 007/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA PARA A REFORMA DA QUADRA DO POVOADO PATIS NO MUNICÍPIO DE SÍTIO NOVO – MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>113.516,78</t>
   </si>
   <si>
     <t>DISPENSA nº 006/2024</t>
   </si>
   <si>
     <t>006/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA PARA A REFORMA DA QUADRA DO POVOADO BOA LEMBRANÇA NO MUNICÍPIO DE SÍTIO NOVO – MA</t>
-[...1 lines deleted...]
-  <si>
     <t>116.094,53</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 007/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PAVIMENTAÇÃO EM BLOCO INTERTRAVADO NO MUNICÍPIO DE SÍTIO NOVO - MA</t>
-[...1 lines deleted...]
-  <si>
     <t>17/09/2024</t>
   </si>
   <si>
     <t>963.019,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 006/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EVENTUAL E FUTURA PARA A PRESTAÇÃO DE SERVIÇOS DE REFORMA E MANUTENÇÃO DE PRÉDIOS PÚBLICOS NO MUNICÍPIO DE SÍTIO NOVO - MA</t>
+    <t>CONTRATAÇÃO EVENTUAL E FUTURA PARA A PRESTAÇÃO DE...</t>
   </si>
   <si>
     <t>10/09/2024</t>
   </si>
   <si>
     <t>5.015.801,83</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP nº 002/2024</t>
   </si>
   <si>
     <t>002/2024</t>
   </si>
   <si>
-    <t>aquisição de Ônibus Rural Escolar, dos tipos ORE ZERO 4X4, ORE 1 4X4, ORE 1, ORE 2, ORE 3, e Ônibus Urbano Escolar, dos tipos ONUREA Piso Alto e ONURE...</t>
+    <t>aquisição de Ônibus Rural Escolar, dos tipos ORE Z...</t>
   </si>
   <si>
     <t>02/07/2024</t>
   </si>
   <si>
     <t>469.499,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 006/2024</t>
   </si>
   <si>
     <t>27/06/2025</t>
   </si>
   <si>
     <t>1.610.850,02</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 005/2024</t>
   </si>
   <si>
     <t>005/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISIÇÃO DE INSTRUMENTOS MUSICAIS E PEÇAS PARA A FANFARRA MUNICIPAL NO ANO DE 2024 (DOIS MIL E VINTE E QU...</t>
-[...1 lines deleted...]
-  <si>
     <t>27/08/2024</t>
   </si>
   <si>
     <t>106.317,45</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 005/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA A RETOMADA DA CONSTRUÇÃO DE ESCOLA DE EDUCAÇÃO INFANTIL - OBRA Nº 2107, TIPO B, PADRÃO FNDE, NA SEDE DO MUNICÍPIO DE SÍT...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA A RETOMADA DA CONSTRU...</t>
   </si>
   <si>
     <t>19/08/2024</t>
   </si>
   <si>
     <t>1.594.336,67</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 004/2024</t>
   </si>
   <si>
     <t>004/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EVENTUAL E FUTURA PARA A PRESTAÇÃO DOS SERVIÇOS DE RECUPERAÇÃO DE ESTRADAS VICINAIS NO MUNICÍPIO DE SÍTIO NOVO – MA</t>
+    <t>CONTRATAÇÃO EVENTUAL E FUTURA PARA A PRESTAÇÃO DOS...</t>
   </si>
   <si>
     <t>08/07/2024</t>
   </si>
   <si>
     <t>4.526.697,72</t>
   </si>
   <si>
     <t>PREGÃO ELETRONICO Nº 004/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS CURSOS DE CAPACITAÇÃO EM LÍNGUA INGLESA E ESPANHOLA CLASSIFICADOS COMO ENSINO COMPLEMENTAR DESTINA...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS...</t>
   </si>
   <si>
     <t>24/06/2024</t>
   </si>
   <si>
     <t>1.966.800,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA ELETRONICA Nº 003/2024 (SRP)</t>
   </si>
   <si>
     <t>003/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EVENTUAL E FUTURA PARA A PRESTAÇÃO DOS SERVIÇOS DE RECUPERAÇÃO DE MACRO E MICRO DRENAGEM NO MUNICÍPIO DE SÍTIO NOVO - MA</t>
-[...1 lines deleted...]
-  <si>
     <t>27/06/2024</t>
   </si>
   <si>
     <t>1.267.789,91</t>
   </si>
   <si>
     <t>CONCORRÊNCIA ELETRONICA Nº 002/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A MANUTENÇÃO E CONSERVAÇÃO DE ESTRADAS VICINAIS NO MUNICÍPIO DE SÍTIO NOVO – MA</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A MANUT...</t>
   </si>
   <si>
     <t>20/06/2024</t>
   </si>
   <si>
     <t>2.830.217,05</t>
   </si>
   <si>
     <t>PREGÃO ELETRONICO Nº 003/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A ORGANIZAÇÃO E REALIZAÇÃO DAS FESTAS JUNINAS NO ANO DE 2024 (DOIS MIL E VINTE E QUATRO), NO MUNICÍPIO DE SÍ...</t>
-[...1 lines deleted...]
-  <si>
     <t>11/06/2024</t>
   </si>
   <si>
     <t>313.017,75</t>
   </si>
   <si>
     <t>CONCORRÊNCIA ELETRONICA Nº 001/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AMPLIAÇÃO DA ESCOLA MUNICIPAL GERUSA LEITE NA SEDE DO MUNICÍPIO DE SÍTIO NOVO – MA</t>
-[...1 lines deleted...]
-  <si>
     <t>13/06/2024</t>
   </si>
   <si>
     <t>455.742,43</t>
   </si>
   <si>
     <t>Adesão de Ata SRP 001/2024-SEMED</t>
   </si>
   <si>
-    <t>Contratação através de adesão de ata de registro de preços para serviços de consertos, reparos, reformas, e recuperação de moveis, eletrodomésticos, m...</t>
+    <t>Contratação através de adesão de ata de registro d...</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>
   <si>
     <t>933.028,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 001/2024</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a organização e realização do Carnaval de 2024 (dois mil e vinte e quatro), no município de Sítio Novo – MA</t>
-[...1 lines deleted...]
-  <si>
     <t>08/02/2024</t>
   </si>
   <si>
     <t>349.849,98</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 012/2024</t>
   </si>
   <si>
     <t>012/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA PARA AQUISIÇÃO DE LIVROS DIDÁTICOS, MATERIAL PEDAGÓGICO AFRO-INDÍGENA DA EDITORA SEI/EUREKA, PARA PROFESSORES E ALUNOS DO 1º AO 9º...</t>
+    <t>CONTRATAÇÃO DIRETA PARA AQUISIÇÃO DE LIVROS DIDÁTI...</t>
   </si>
   <si>
     <t>07/05/2024</t>
   </si>
   <si>
     <t>660.660,00</t>
   </si>
   <si>
     <t>NEXIGIBILIDADE Nº 011/2024</t>
   </si>
   <si>
     <t>011/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA DA EMPRESA IBEP – INSTITUTO BRASILEIRO DE EDIÇÕES PEDAGÓGICAS LTDA, PARA AQUISIÇÃO DE LIVROS DIDÁTICOS – COLEÇÃO CADERNO DO FUTURO...</t>
+    <t>CONTRATAÇÃO DIRETA DA EMPRESA IBEP – INSTITUTO BRA...</t>
   </si>
   <si>
     <t>23/04/2024</t>
   </si>
   <si>
     <t>295.492,00</t>
   </si>
   <si>
     <t>Não Houve Contratos Aditivados Celebrados no ANO de 2022.</t>
   </si>
   <si>
     <t>001/2022</t>
   </si>
   <si>
     <t>ADITIVOS</t>
   </si>
   <si>
+    <t>Não Houve Contratos Aditivados Celebrados no ANO d...</t>
+  </si>
+  <si>
     <t>30/12/2022</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
     <t>Não Houve Processos que terminaram em FRACASSADA no Ano de 2024.</t>
   </si>
   <si>
     <t>FRACASSADA</t>
   </si>
   <si>
+    <t>Não Houve Processos que terminaram em FRACASSADA n...</t>
+  </si>
+  <si>
     <t>18/04/2024</t>
   </si>
   <si>
     <t>Fracassada</t>
   </si>
   <si>
     <t>Não Houve Processos que terminaram em FRACASSADA no Ano de 2023.</t>
   </si>
   <si>
     <t>001/2023</t>
   </si>
   <si>
     <t>30/12/2023</t>
   </si>
   <si>
     <t>Não Houve Processos que terminaram em FRACASSADA no Ano de 2022.</t>
   </si>
   <si>
     <t>Não Houve Processos que terminaram em FRACASSADA no Ano de 2021.</t>
   </si>
   <si>
     <t>001/2021</t>
   </si>
   <si>
     <t>30/12/2021</t>
   </si>
   <si>
     <t>Não Houve Processos que terminaram em DESERTA no Ano de 2024.</t>
   </si>
   <si>
     <t>DESERTA</t>
   </si>
   <si>
+    <t>Não Houve Processos que terminaram em DESERTA no A...</t>
+  </si>
+  <si>
     <t>Deserta</t>
   </si>
   <si>
     <t>Não Houve Processos que terminaram em DESERTA no Ano de 2023.</t>
   </si>
   <si>
     <t>Não Houve Processos que terminaram em DESERTA no Ano de 2022.</t>
   </si>
   <si>
     <t>Dispensa de Licitação nº 008/2023- SEPLAN</t>
   </si>
   <si>
     <t>008/2023</t>
   </si>
   <si>
-    <t>Locação de imóvel destinado atendimento das necessidades da Secretaria Municipal de Planejamento, Orçamento e Gestão, do Município de Sitio Novo – MA</t>
+    <t>Locação de imóvel destinado atendimento das necess...</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
     <t>16.800,00</t>
   </si>
   <si>
     <t>Dispensa nº 005/2024-SEMED</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA PARA AQUISIÇÃO DE MATERIAIS PSICOPEDAGÓGICOS INFANTIS PARA UTILIZAÇÃO NA EDUCAÇÃO INFANTIL, NO ÂMBITO DA REDE MUNICIPAL...</t>
+    <t>CONTRATAÇÃO DE PESSOA JURÍDICA PARA AQUISIÇÃO DE M...</t>
   </si>
   <si>
     <t>15.600,00</t>
   </si>
   <si>
     <t>DISPENSA Nº 004/2024-SEDES</t>
   </si>
   <si>
-    <t>Contratação direta de empresa para fornecimento de equipamentos elétricos e eletrônicos para atendimento das necessidades do Programa de Fortaleciment...</t>
+    <t>Contratação direta de empresa para fornecimento de...</t>
   </si>
   <si>
     <t>02/05/2024</t>
   </si>
   <si>
     <t>55.700,00</t>
   </si>
   <si>
     <t>DISPENSA Nº 003/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA PARA AQUISIÇÃO DE MATERIAIS PARA INCENTIVO A PRÁTICA DE ESPORTES NA DISCIPLINA DE EDUCAÇÃO FÍSICA, NO ÂMBITO DA REDE MU...</t>
-[...1 lines deleted...]
-  <si>
     <t>57.996,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 010/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA DA LOCAÇÃO DE IMOVEL PARA SEDIAR AS INSTALAÇÕES E FUNCIONAMENTO DE ANEXO DA CRECHE ESCOLA TIA DULCE, NA SEDE...</t>
+    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA DA LOCAÇ...</t>
   </si>
   <si>
     <t>09/04/2024</t>
   </si>
   <si>
     <t>18.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 009/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA LOCAÇÃO DE IMOVEL PARA SEDIAR AS INSTALAÇÕES E FUNCIONAMENTO DO “VIVA/PROCON”, NA SEDE DO MUNICIPIO DE SITIO...</t>
+    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA LOCAÇÃO...</t>
   </si>
   <si>
     <t>27/03/2024</t>
   </si>
   <si>
     <t>13.500,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 008/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA ASSESSORAMENTO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL NO TOCANTE A OBSERVÂNCIA ÀS LEIS E REGULAMENTOS PERTINENTE...</t>
+    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA ASSESSOR...</t>
   </si>
   <si>
     <t>20/03/2024</t>
   </si>
   <si>
     <t>258.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 007/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA DA LOCAÇÃO DE IMOVEL PARA SEDIAR AS INSTALAÇÕES E FUNCIONAMENTO DO CENTRO DE SAÚDE RAMIRO MARTINS VIANA, POR...</t>
-[...1 lines deleted...]
-  <si>
     <t>11/03/2024</t>
   </si>
   <si>
     <t>8.472,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 006/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA DA LOCAÇÃO DE IMOVEL PARA SEDIAR AS INSTALAÇÕES E FUNCIONAMENTO DA CRECHE ESCOLA TIA DULCE, NA SEDE DO MUNIC...</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE Nº 005/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA DA EMPRESA CH DISTRIBUIDORA DE LIVROS LTDA, PARA AQUISIÇÃO DE LIVROS DIDÁTICOS – COLEÇÃO PROSINHA DA EDUCAÇÃO INFANTIL, VOLUMES I,...</t>
+    <t>CONTRATAÇÃO DIRETA DA EMPRESA CH DISTRIBUIDORA DE...</t>
   </si>
   <si>
     <t>20/02/2024</t>
   </si>
   <si>
     <t>289.280,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N 002/2024</t>
   </si>
   <si>
     <t>02/2024</t>
   </si>
   <si>
-    <t>contratação de empresa especializada para a organização e realização da Festa Das Mães no ano de 2024 (dois mil e vinte e quatro), no município de Sít...</t>
+    <t>contratação de empresa especializada para a organi...</t>
   </si>
   <si>
     <t>03/05/2024</t>
   </si>
   <si>
     <t>196.114,24</t>
   </si>
   <si>
     <t>Dispensa 001 2022 SAAE</t>
   </si>
   <si>
-    <t>Contratação de pessoa jurídica para a execução de serviços de locação de sistema de gerenciamento (software) ern cobrança de faturamento e arrecadação...</t>
+    <t>Contratação de pessoa jurídica para a execução de...</t>
   </si>
   <si>
     <t>11/03/2022</t>
   </si>
   <si>
     <t>10.679,20</t>
   </si>
   <si>
     <t>DISPENSA 007/2023</t>
   </si>
   <si>
     <t>007/2023</t>
   </si>
   <si>
-    <t>Locação de Imóvel para instalações e funcionamento de anexo da Casa de Hospedagem – Raimundo Paulino, na sede do Município de Sitio Novo – MA.</t>
+    <t>Locação de Imóvel para instalações e funcionamento...</t>
   </si>
   <si>
     <t>09/08/2023</t>
   </si>
   <si>
     <t>10.200,00</t>
   </si>
   <si>
     <t>DISPENSA 006/2023</t>
   </si>
   <si>
     <t>006/2023</t>
   </si>
   <si>
-    <t>Prestação de serviços de consultoria e assessoria técnica na elaboração, aplicação, correção e análises dos recursos das provas a serem aplicadas no P...</t>
+    <t>Prestação de serviços de consultoria e assessoria...</t>
   </si>
   <si>
     <t>12/06/2023</t>
   </si>
   <si>
     <t>7.000,00</t>
   </si>
   <si>
     <t>DISPENSA 005/2023</t>
   </si>
   <si>
     <t>005/2023</t>
   </si>
   <si>
-    <t>Locação de Imóvel para instalações e funcionamento da Secretaria Municipal de Desenvolvimento Social.</t>
-[...1 lines deleted...]
-  <si>
     <t>19/05/2023</t>
   </si>
   <si>
     <t>INEX 003/2023</t>
   </si>
   <si>
     <t>003/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE ARTISTA CONSAGRADO PARA APRESENTAÇÃO EM PRAÇA PÚBLICA NA CIDADE DE SÍTIO NOVO/MA, DO SHOW EVANGÉLICO “ADORA SÍTIO NOVO”, A SE REALIZAR...</t>
+    <t>CONTRATAÇÃO DE ARTISTA CONSAGRADO PARA APRESENTAÇÃ...</t>
   </si>
   <si>
     <t>23/08/2023</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 004/2024</t>
   </si>
   <si>
-    <t>Contratação mediante inexigibilidade para show artístico musical da CANTORA ELINE MARTINS E BANDA, no dia 13 de Fevereiro de 2024 com duração de 01 ho...</t>
-[...1 lines deleted...]
-  <si>
     <t>06/02/2024</t>
   </si>
   <si>
     <t>45.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 003/2024</t>
   </si>
   <si>
-    <t>Contratação mediante inexigibilidade para show artístico musical da BANDA MISTER AXÉ, no dia 11 de Fevereiro de 2024 com duração de 03 horas e 00 minu...</t>
-[...1 lines deleted...]
-  <si>
     <t>02/02/2024</t>
   </si>
   <si>
     <t>25.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 002/2024</t>
   </si>
   <si>
-    <t>Contratação mediante inexigibilidade para show artístico musical da cantora ALLANA MACEDO, no dia 10 de Fevereiro de 2024 com duração de 02 horas de S...</t>
-[...1 lines deleted...]
-  <si>
     <t>75.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 001/2024</t>
   </si>
   <si>
-    <t>Contratação mediante inexigibilidade para show artístico musical da THIAGO E LUAN, no dia 12 de Fevereiro de 2024 com duração de 02 horas e 30 minutos...</t>
-[...1 lines deleted...]
-  <si>
     <t>20.000,00</t>
   </si>
   <si>
     <t>DISPENSA Nº 002/2024-SEPLAN</t>
   </si>
   <si>
-    <t>Contratação direta de empresa especializada em locação de sistema informatizado e integrado de gestão pública, abrangendo contabilidade, tributos e fo...</t>
+    <t>Contratação direta de empresa especializada em loc...</t>
   </si>
   <si>
     <t>25/03/2024</t>
   </si>
   <si>
     <t>58.500,00</t>
   </si>
   <si>
     <t>Dispensa nº 001/2024</t>
   </si>
   <si>
-    <t>Contratação de pessoa jurídica para execução dos serviços de locação de programa de computação (software) em plataforma web (internet) na área de Cont...</t>
+    <t>Contratação de pessoa jurídica para execução dos s...</t>
   </si>
   <si>
     <t>22/03/2024</t>
   </si>
   <si>
     <t>CHAMADA PÚBLICA Nº 001/2024</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR FAMILIAR RURAL, NO ANO ESCOLAR DE 2024 (DOIS MIL E VINTE E QUATRO).</t>
-[...1 lines deleted...]
-  <si>
     <t>07/03/2024</t>
   </si>
   <si>
     <t>372.394,80</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 025/2023</t>
   </si>
   <si>
     <t>025/2023</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL</t>
   </si>
   <si>
     <t>Menor Preço por Item.</t>
   </si>
   <si>
-    <t>1.1 Contratação De Empresa Especializada Para A Locação De Veículos E Máquinas Pesadas, para atender as necessidades da Administração Pública Municipa...</t>
+    <t>1.1 Contratação De Empresa Especializada Para A Lo...</t>
   </si>
   <si>
     <t>18/01/2024</t>
   </si>
   <si>
     <t>3.364.660,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 026/2023 - CPL</t>
   </si>
   <si>
     <t>26/2023</t>
   </si>
   <si>
-    <t>Aquisição eventual e futura de pneus, câmaras e protetores, para a frota de veículos da Administração Pública Municipal.</t>
+    <t>Aquisição eventual e futura de pneus, câmaras e pr...</t>
   </si>
   <si>
     <t>22/01/2024</t>
   </si>
   <si>
     <t>1.576.636,70</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 023/2023 - CPL SISTEMA DE REGISTRO DE PREÇOS</t>
   </si>
   <si>
     <t>023/2023</t>
   </si>
   <si>
-    <t>Aquisição eventual e futura de artigos de malharia da administração pública municipal.</t>
+    <t>Aquisição eventual e futura de artigos de malharia...</t>
   </si>
   <si>
     <t>12/01/2023</t>
   </si>
   <si>
     <t>2.181.409,70</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 004/2023</t>
   </si>
   <si>
     <t>004/2023</t>
   </si>
   <si>
-    <t>Aquisição de gêneros alimentícios destinados a compor o cardápio da merenda escolar.</t>
+    <t>Aquisição de gêneros alimentícios destinados a co...</t>
   </si>
   <si>
     <t>29/01/2024</t>
   </si>
   <si>
     <t>1.993.945,51</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 024/2023 - CPL SISTEMA DE REGISTRO DE PREÇOS</t>
   </si>
   <si>
     <t>024/2023</t>
   </si>
   <si>
-    <t>aquisição eventual e futura de combustível na bomba e óleos lubrificantes para a Administração Pública Municipal.</t>
+    <t>aquisição eventual e futura de combustível na bomb...</t>
   </si>
   <si>
     <t>31/01/2024</t>
   </si>
   <si>
     <t>8.111.564,20</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 003/2023</t>
   </si>
   <si>
-    <t>aquisição de Veículo Tipo Pick Up para o atendimento das necessidades desta pasta.</t>
+    <t>aquisição de Veículo Tipo Pick Up para o atendime...</t>
   </si>
   <si>
     <t>16/01/2024</t>
   </si>
   <si>
     <t>121.962,27</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PÚBLICA Nº 004//2023 – CPL</t>
   </si>
   <si>
-    <t>Construção De Escola De 06 Salas De Aula Com Quadra Do Povoado Salto No Município De Sítio Novo/MA.</t>
+    <t>Construção De Escola De 06 Salas De Aula Com Quadr...</t>
   </si>
   <si>
     <t>22/02/2024</t>
   </si>
   <si>
     <t>2.856.521,30</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PÚBLICA Nº 003/2023 – CPL</t>
   </si>
   <si>
     <t>00306.9/2023</t>
   </si>
   <si>
-    <t>Retomada da Construção De Escola De 06 Salas De Aula Com Quadra Do Povoado Boa Lembrança No Município De Sítio Novo/MA.</t>
+    <t>Retomada da Construção De Escola De 06 Salas De Au...</t>
   </si>
   <si>
     <t>2.286.875,58</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PÚBLICA Nº 002/2023 – CPL</t>
   </si>
   <si>
     <t>002/2023</t>
   </si>
   <si>
-    <t>Retomada da Construção De Escola De 06 Salas De Aula Com Quadra Do Povoado Santa Maria No Município De Sítio Novo/MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>2.527.963,76</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PÚBLICA Nº 001/2023 – CPL</t>
   </si>
   <si>
     <t>Construção De Escola Com Doze Salas De Aula.</t>
   </si>
   <si>
     <t>4.081.294,95</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 013/2023 – CPL</t>
   </si>
   <si>
     <t>013/2023</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO</t>
   </si>
   <si>
-    <t>Contratação De empresa especializada para o melhoramento da estrada vicinal que dá acesso à Região Das Lajes, Município De Sítio Novo – MA</t>
+    <t>Contratação De empresa especializada para o melhor...</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>600.665,08</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 022/2023 - CPL</t>
   </si>
   <si>
     <t>022/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em ornamentação para a caracterização no município de Sítio Novo – MA para as festas natalinas de 2023 (dois mil...</t>
+    <t>Contratação de empresa especializada em ornamentaç...</t>
   </si>
   <si>
     <t>20/12/2023</t>
   </si>
   <si>
     <t>165.541,45</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 001/2023 - SAAE</t>
   </si>
   <si>
     <t>Menor Preço por Item</t>
   </si>
   <si>
-    <t>1.1. Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva de motores elétricos, bombas de poços arte...</t>
+    <t>1.1. Contratação de empresa especializada para a p...</t>
   </si>
   <si>
     <t>13/12/2023</t>
   </si>
   <si>
     <t>288.903,40</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 012/2023 – CPL</t>
   </si>
   <si>
     <t>012/2023</t>
   </si>
   <si>
     <t>MENOR PREÇO LOTE</t>
   </si>
   <si>
-    <t>. Contratação De Empresa Especializada Para A Reforma De Escolas Públicas Municipais Na Sede E Zona Rural Do Município De Sítio Novo - MA</t>
+    <t>. Contratação De Empresa Especializada Para A Refo...</t>
   </si>
   <si>
     <t>05/12/2023</t>
   </si>
   <si>
     <t>802.822,83</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP nº 003/2024</t>
   </si>
   <si>
-    <t>Certifique-se para os devidos fins que até a presente data não fora realizado nenhum Procedimento de ADESÃO A ATA DE REGISTRO DE PREÇOS no exercício f...</t>
+    <t>Certifique-se para os devidos fins que até a prese...</t>
   </si>
   <si>
     <t>13/06/2025</t>
   </si>
   <si>
     <t>3.218.685,70</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 021/2023 - CPL</t>
   </si>
   <si>
     <t>021/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a aquisição eventual e futura de eletrodomésticos, eletrônicos e materiais diversos para a Administração Púb...</t>
+    <t>Contratação de empresa especializada para a aquisi...</t>
   </si>
   <si>
     <t>22/11/2023</t>
   </si>
   <si>
     <t>1.463.120,70</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 011/2023 – CPL</t>
   </si>
   <si>
     <t>011/2023</t>
   </si>
   <si>
-    <t>Contratação De empresa Especializada para a Implantação De 84 (Oitenta E Quatro) Melhorias Sanitárias Domiciliares - MSD No Município De Sitio Novo/MA...</t>
+    <t>Contratação De empresa Especializada para a Implan...</t>
   </si>
   <si>
     <t>30/08/2023</t>
   </si>
   <si>
     <t>1.500.000,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 020/2023</t>
   </si>
   <si>
     <t>020/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a realização de coleta, transporte externo, tratamento de resíduos de lixo hospitalar, grupos A, B e E, e de...</t>
+    <t>Contratação de empresa especializada para a realiz...</t>
   </si>
   <si>
     <t>45.552,48</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 019/2023</t>
   </si>
   <si>
     <t>019/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a Prestação de serviços de assessoria técnica especializada em infraestrutura educacional, com enfoque na e...</t>
+    <t>Contratação de empresa especializada para a Presta...</t>
   </si>
   <si>
     <t>22/08/2023</t>
   </si>
   <si>
     <t>80.100,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 018/2023</t>
   </si>
   <si>
     <t>018/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a aquisição de instrumentos musicais e peças para a Fanfarra Municipal, do município de Sítio Novo MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>15/08/2023</t>
   </si>
   <si>
     <t>78.098,47</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 010/2023 – CPL</t>
   </si>
   <si>
     <t>010/2023</t>
   </si>
   <si>
-    <t>Contratação De empresa Especializada para Revitalização De Vias Urbanas E Rurais Do Município De Sítio Novo – MA</t>
+    <t>Contratação De empresa Especializada para Revitali...</t>
   </si>
   <si>
     <t>14/08/2023</t>
   </si>
   <si>
     <t>1.482.294,98</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 009/2023 – CPL</t>
   </si>
   <si>
     <t>009/2023</t>
   </si>
   <si>
-    <t>Contratação De empresa para a recuperação de estradas vicinais no município de Sítio Novo – MA (Povoado Paciência ao Povoado Retiro).</t>
+    <t>Contratação De empresa para a recuperação de estra...</t>
   </si>
   <si>
     <t>24/07/2023</t>
   </si>
   <si>
     <t>478.500,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 008/2023 – CPL</t>
   </si>
   <si>
     <t>08/2023</t>
   </si>
   <si>
-    <t>Contratação De Empresa Especializada Para a Revitalização Do Parque De Vaquejada Protásio José Marinho Na Sede Do Município De Sítio Novo – MA.</t>
+    <t>Contratação De Empresa Especializada Para a Revita...</t>
   </si>
   <si>
     <t>21/06/2023</t>
   </si>
   <si>
     <t>399.878,77</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 007/2023 – CPL</t>
   </si>
   <si>
-    <t>Contratação De Empresa Especializada Para a Construção De Ponte Em Estrutura De Concreto Armado No Município De Sítio Novo – MA.</t>
+    <t>Contratação De Empresa Especializada Para a Constr...</t>
   </si>
   <si>
     <t>1.273.609,64</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 003/2020 – CPL</t>
   </si>
   <si>
     <t>003/2020</t>
   </si>
   <si>
-    <t>Recuperação da estrada vicinal que liga o Povoado Oziel Pereira à sede do município de Sítio Novo (MA).</t>
+    <t>Recuperação da estrada vicinal que liga o Povoado...</t>
   </si>
   <si>
     <t>08/04/2020</t>
   </si>
   <si>
     <t>862.750,70</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 004/2020 – CPL</t>
   </si>
   <si>
     <t>004/2020</t>
   </si>
   <si>
-    <t>Pavimentação de vias urbanas em blocos sextavados de concreto</t>
+    <t>Pavimentação de vias urbanas em blocos sextavados...</t>
   </si>
   <si>
     <t>308.529,24</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 017/2023</t>
   </si>
   <si>
     <t>017/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a organização e realização das Festas Juninas no ano de 2023 (dois mil e vinte e três), no município de Síti...</t>
-[...1 lines deleted...]
-  <si>
     <t>26/05/2023</t>
   </si>
   <si>
     <t>212.003,33</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE DE LICITAÇÃO Nº 002/2022</t>
   </si>
   <si>
     <t>002/2022</t>
   </si>
   <si>
-    <t>Prestação de serviços de assessoria jurídica em licitações e contratos administrativos.</t>
+    <t>Prestação de serviços de assessoria jurídica em li...</t>
   </si>
   <si>
     <t>26/09/2022</t>
   </si>
   <si>
     <t>90.000,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL (SRP) Nº 016/2023 - CPL</t>
   </si>
   <si>
     <t>016/2023</t>
   </si>
   <si>
     <t>Menor preço por Item</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a aquisição eventual e futura de gêneros alimentícios para o atendimento das necessidades da Administração P...</t>
-[...1 lines deleted...]
-  <si>
     <t>15/05/2023</t>
   </si>
   <si>
     <t>1.196.883,40</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 014/2023 - CPL</t>
   </si>
   <si>
     <t>014/2023</t>
   </si>
   <si>
     <t>Menor Preço por Lote.</t>
   </si>
   <si>
-    <t>1.1 Contratação de empresa especializada para a prestação de serviços de manutenção preventiva e corretiva da frota de veículos automotivos do Municíp...</t>
+    <t>1.1 Contratação de empresa especializada para a pr...</t>
   </si>
   <si>
     <t>01/06/2023</t>
   </si>
   <si>
     <t>1.221.988,10</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 013/2023 - CPL</t>
   </si>
   <si>
     <t>Maior Desconto Percentual por Lote</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada a aquisição de peças para a frota de veículos automotivos do Município de Sítio Novo – MA.</t>
+    <t>Contratação de empresa especializada a aquisição d...</t>
   </si>
   <si>
     <t>3.106.520,43</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 015/2023 - CPL</t>
   </si>
   <si>
     <t>015/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a aquisição eventual e futura de material de expediente, para a Administração Pública Municipal</t>
-[...1 lines deleted...]
-  <si>
     <t>1.249.161,80</t>
   </si>
   <si>
     <t>Pregão presencial 09/2020</t>
   </si>
   <si>
     <t>09/2020</t>
   </si>
   <si>
     <t>Menor Preço por item</t>
   </si>
   <si>
-    <t>aquisição de gêneros alimentícios para compor o cardápio da merenda escolar</t>
+    <t>aquisição de gêneros alimentícios para compor o ca...</t>
   </si>
   <si>
     <t>05/03/2020</t>
   </si>
   <si>
     <t>1.325.453,00</t>
   </si>
   <si>
     <t>INEXEGIBILIDADE 002/2023</t>
   </si>
   <si>
-    <t>aquisição de obras da editora DINÂMICA, constantes no termo de referência em anexo, a serem aplicadas na EDUCAÇÃO DE JOVENS E ADULTOS - EJA, respectiv...</t>
+    <t>aquisição de obras da editora DINÂMICA, constantes...</t>
   </si>
   <si>
     <t>16/01/2023</t>
   </si>
   <si>
     <t>68.085,00</t>
   </si>
   <si>
     <t>INEXEGIBILIDADE 001/2023</t>
   </si>
   <si>
-    <t>Aquisição de livros didáticos para a Educação Infantil e Ensino Fundamental, respectivamente, no exercício financeiro de 2023 (dois mil e vinte e três...</t>
+    <t>Aquisição de livros didáticos para a Educação Infa...</t>
   </si>
   <si>
     <t>11/01/2023</t>
   </si>
   <si>
     <t>579.537,70</t>
   </si>
   <si>
     <t>DISPENSA 004/2023</t>
   </si>
   <si>
-    <t>1.1. Contratação direta com objeto sendo a contratação de pessoa jurídica especializada para limpeza completa de pisos, rodapé, e demais áreas hospita...</t>
+    <t>1.1. Contratação direta com objeto sendo a contrat...</t>
   </si>
   <si>
     <t>16/02/2023</t>
   </si>
   <si>
     <t>15.500,00</t>
   </si>
   <si>
     <t>DISPENSA 003/2023</t>
   </si>
   <si>
-    <t>1.1. Contratação direta com objeto contratação de pessoa jurídica especializada para a aquisição de toldos em lona.</t>
+    <t>1.1. Contratação direta com objeto contratação de...</t>
   </si>
   <si>
     <t>08/02/2023</t>
   </si>
   <si>
     <t>DISPENSA 002/2023</t>
   </si>
   <si>
-    <t>Prestação de serviços de locação de programa de computação (software) em plataforma web (internet) na área de contratos administrativos e compras</t>
+    <t>Prestação de serviços de locação de programa de co...</t>
   </si>
   <si>
     <t>DISPENSA 001</t>
   </si>
   <si>
-    <t>objeto a locação de imóvel destinado às instalações e funcionamento do CONSELHO TUTELAR</t>
+    <t>objeto a locação de imóvel destinado às instalaçõe...</t>
   </si>
   <si>
     <t>04/01/2023</t>
   </si>
   <si>
     <t>DISPENSA 006/2022</t>
   </si>
   <si>
     <t>006/2022</t>
   </si>
   <si>
-    <t>Locação de imóvel destinado às instalações e funcionamento de Anexo da Creche Escola Municipal.</t>
+    <t>Locação de imóvel destinado às instalações e funci...</t>
   </si>
   <si>
     <t>18/11/2022</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 012/2023- CPL</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a organização e realização da Festa Das Mães no ano de 2023 (dois mil e vinte e três), no município de Sítio...</t>
-[...1 lines deleted...]
-  <si>
     <t>27/04/2023</t>
   </si>
   <si>
     <t>166.360,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 006/2023 – CPL</t>
   </si>
   <si>
-    <t>1.1 Contratação De Empresa Especializada Para a Reconstrução De Pontes De Madeira Na Zona Rural Do Município De Sítio Novo – MA.</t>
+    <t>1.1 Contratação De Empresa Especializada Para a Re...</t>
   </si>
   <si>
     <t>24/04/2023</t>
   </si>
   <si>
     <t>2.424.389,89</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 010/2023 - CPL</t>
   </si>
   <si>
-    <t>1.1 Contratação de empresa especializada em manutenção preventiva e corretiva da rede de iluminação pública municipal.</t>
+    <t>1.1 Contratação de empresa especializada em manute...</t>
   </si>
   <si>
     <t>03/05/2023</t>
   </si>
   <si>
     <t>545.013,24</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 011/2023 - CPL</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a aquisição eventual e futura de material de limpeza, para a Administração Pública Municipal.</t>
-[...1 lines deleted...]
-  <si>
     <t>1.173.038,50</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 005/2023 – CPL</t>
   </si>
   <si>
-    <t>Contratação De Empresa Especializada Para Recuperação De Estradas Vicinais Na Zonal Rural Do Município De Sítio Novo - MA.</t>
+    <t>Contratação De Empresa Especializada Para Recupera...</t>
   </si>
   <si>
     <t>14/04/2023</t>
   </si>
   <si>
     <t>1.783.537,34</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 004/2023 – CPL</t>
   </si>
   <si>
-    <t>Contratação De Empresa Especializada Para a Reforma De Pontes De Madeira Na Zona Rural Do Município De Sítio Novo – MA.</t>
+    <t>Contratação De Empresa Especializada Para a Reform...</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
     <t>673.104,75</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 003/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a construção de redes coletoras de esgoto sanitário na sede do município de Sítio Novo - MA</t>
+    <t>Contratação de empresa especializada para a constr...</t>
   </si>
   <si>
     <t>30/03/2023</t>
   </si>
   <si>
     <t>811.145,13</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 002/2023 - CPL</t>
   </si>
   <si>
-    <t>Contratação De Empresa Especializada Para a Implantação De Subestações Aéreas Com Rede De Distribuição Elétrica Na Sede Do Município De Sítio Novo – M...</t>
+    <t>Contratação De Empresa Especializada Para a Implan...</t>
   </si>
   <si>
     <t>131.295,80</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 001/2023 - CPL</t>
   </si>
   <si>
-    <t>Contratação de empresa para a reforma das unidades básicas de saúde no município de Sítio Novo – MA.</t>
+    <t>Contratação de empresa para a reforma das unidades...</t>
   </si>
   <si>
     <t>28/03/2023</t>
   </si>
   <si>
     <t>1.287.879,04</t>
   </si>
   <si>
     <t>PP SRP 009/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a aquisição eventual e futura de prestação de serviços em Oftalmologia, serviços de consulta, exames pré-ope...</t>
-[...1 lines deleted...]
-  <si>
     <t>24/03/2023</t>
   </si>
   <si>
     <t>931.286,67</t>
   </si>
   <si>
     <t>PREGÃO ELETRONICO 002/2023</t>
   </si>
   <si>
-    <t>Aquisição de gêneros alimentícios destinados a compor o cardápio da merenda escolar</t>
+    <t>Aquisição de gêneros alimentícios destinados a com...</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>1.115.018,83</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 001/2023</t>
   </si>
   <si>
-    <t>objeto da presente licitação é a escolha da proposta mais vantajosa para a prestação de serviços de transporte escolar, com motorista, conforme condiç...</t>
+    <t>objeto da presente licitação é a escolha da propos...</t>
   </si>
   <si>
     <t>16/03/2023</t>
   </si>
   <si>
     <t>8.086.812,80</t>
   </si>
   <si>
     <t>ADESÃO ATA SRP 001</t>
   </si>
   <si>
-    <t>Aquisição de ônibus escolares destinados ao atendimento das necessidades de alunos no trajeto para as escolas mantidas pela Secretaria Municipal De Ed...</t>
+    <t>Aquisição de ônibus escolares destinados ao atendi...</t>
   </si>
   <si>
     <t>25/10/2022</t>
   </si>
   <si>
     <t>1.315.000,00</t>
   </si>
   <si>
     <t>PP003/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a prestação de serviços de tecnologia da informação para realizar a manutenção – adaptativa, corretiva, evol...</t>
+    <t>Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>17/02/2023</t>
   </si>
   <si>
     <t>114.076,80</t>
   </si>
   <si>
     <t>CHAMADA PÚBLICA Nº 001/2023</t>
   </si>
   <si>
-    <t>Aquisição de gêneros alimentícios da agricultura familiar e empreendedor familiar rural para compor o cardápio das escolas de Educação Infantil e Fund...</t>
+    <t>Aquisição de gêneros alimentícios da agricultura f...</t>
   </si>
   <si>
     <t>08/03/2023</t>
   </si>
   <si>
     <t>290.834,00</t>
   </si>
   <si>
     <t>PP 008 2023</t>
   </si>
   <si>
-    <t>1.1. O objeto da presente licitação é a contratação de empresa especializada para a aquisição de materiais de fisioterapia, para a Administração Públi...</t>
+    <t>1.1. O objeto da presente licitação é a contrataçã...</t>
   </si>
   <si>
     <t>09/03/2023</t>
   </si>
   <si>
     <t>34.360,98</t>
   </si>
   <si>
     <t>PP 007 2023</t>
   </si>
   <si>
-    <t>1.1. O objeto da presente licitacao e a contratação de empresa especializada para fornecimento de equipamentos laboratoriais para atendimento as neces...</t>
+    <t>1.1. O objeto da presente licitacao e a contrataçã...</t>
   </si>
   <si>
     <t>Cancelada</t>
   </si>
   <si>
     <t>183.707,30</t>
   </si>
   <si>
     <t>PP SRP 006/2023</t>
   </si>
   <si>
-    <t>1.1 O objeto da presente licitação é a aquisição eventual e futura de tubos em concreto armado e aduelas para galeria, para o atendimento as necessida...</t>
+    <t>1.1 O objeto da presente licitação é a aquisição e...</t>
   </si>
   <si>
     <t>03/03/2023</t>
   </si>
   <si>
     <t>829.690,01</t>
   </si>
   <si>
     <t>PP 005 (SRP) 2023</t>
   </si>
   <si>
-    <t>1.1 O objeto da presente licitação é a aquisição eventual e futura de material odontológico para o atendimento as necessidades dos usuários do Sistema...</t>
-[...1 lines deleted...]
-  <si>
     <t>27/02/2023</t>
   </si>
   <si>
     <t>255.745,80</t>
   </si>
   <si>
     <t>PP 004/2023</t>
   </si>
   <si>
-    <t>contratação de empresa especializada para fornecimento de equipamentos permanentes para os consultórios odontológicos de atendimento as necessidades d...</t>
+    <t>contratação de empresa especializada para fornecim...</t>
   </si>
   <si>
     <t>75.103,79</t>
   </si>
   <si>
     <t>PP 002/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a organização e realização do Carnaval de 2023 (dois mil e vinte e três), no município de Sítio Novo – MA</t>
-[...1 lines deleted...]
-  <si>
     <t>10/02/2023</t>
   </si>
   <si>
     <t>276.790,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 001/2023</t>
   </si>
   <si>
-    <t>1.1. O objeto da presente licitação é a contratação de empresa especializada para prestação de serviços de manutenção preventiva e corretiva, com forn...</t>
-[...1 lines deleted...]
-  <si>
     <t>01/02/2023</t>
   </si>
   <si>
     <t>330.529,45</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 015/2022</t>
   </si>
   <si>
     <t>015/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a organização e realização de eventos no município de Sítio Novo – MA, no ano de 2022 (dois mil e vinte e do...</t>
-[...1 lines deleted...]
-  <si>
     <t>05/12/2022</t>
   </si>
   <si>
     <t>219.800,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 014/2022</t>
   </si>
   <si>
     <t>014/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em ornamentação para a caracterização no município de Sítio Novo – MA para as festas natalinas de 2022 (dois mil...</t>
-[...1 lines deleted...]
-  <si>
     <t>183.420,50</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 013/2022 (SRP)</t>
   </si>
   <si>
     <t>013/2022</t>
   </si>
   <si>
-    <t>Aquisição eventual e futura de medicamentos e material de consumo hospitalar, para o Hospital Municipal, SAMU, e Postos de Saúde.</t>
+    <t>Aquisição eventual e futura de medicamentos e mate...</t>
   </si>
   <si>
     <t>12/12/2022</t>
   </si>
   <si>
     <t>6.666.724,21</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS 022 /2022</t>
   </si>
   <si>
     <t>022/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa para a construção de Praça Pública para eventos e lazer na sede do município de Sítio Novo - MA</t>
+    <t>Contratação de empresa para a construção de Praça...</t>
   </si>
   <si>
     <t>16/11/2022</t>
   </si>
   <si>
     <t>1.025.688,38</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS 021 / 2022</t>
   </si>
   <si>
     <t>021/2022</t>
   </si>
   <si>
     <t>MENOR PREÇO POR LOTE</t>
   </si>
   <si>
-    <t>Contratação de empresa para a reforma das unidades básicas de saúde no município de Sítio Novo – MA</t>
-[...1 lines deleted...]
-  <si>
     <t>11/11/2022</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 012/2022 (SRP)</t>
   </si>
   <si>
     <t>012/2022</t>
   </si>
   <si>
-    <t>aquisição eventual e futura de artigos de malharia da administração pública municipal.</t>
+    <t>aquisição eventual e futura de artigos de malharia...</t>
   </si>
   <si>
     <t>07/11/2022</t>
   </si>
   <si>
     <t>1.408.918,50</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº011/2022 SRP</t>
   </si>
   <si>
     <t>011/2022</t>
   </si>
   <si>
-    <t>a contratação de empresa para a aquisição eventual e futura de serviços gráficos para a administração pública municipal</t>
+    <t>a contratação de empresa para a aquisição eventual...</t>
   </si>
   <si>
     <t>24/11/2022</t>
   </si>
   <si>
     <t>1.761.232,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE DE LIC. 001/2022</t>
   </si>
   <si>
-    <t>Aquisição de livros didáticos para a educação infantil, os quais foram previamente avaliados sob o prisma didático e pedagógico pelos professores da r...</t>
+    <t>Aquisição de livros didáticos para a educação infa...</t>
   </si>
   <si>
     <t>10/03/2022</t>
   </si>
   <si>
     <t>163.764,04</t>
   </si>
   <si>
     <t>DISPENSA 004/2022</t>
   </si>
   <si>
     <t>004/2022</t>
   </si>
   <si>
-    <t>contratação direta por dispensa de licitação de pessoa jurídica para aquisição de material permanente para o Centro Cirúrgico do Hospital Municipal Fr...</t>
+    <t>contratação direta por dispensa de licitação de pe...</t>
   </si>
   <si>
     <t>26/05/2022</t>
   </si>
   <si>
     <t>17415,00</t>
   </si>
   <si>
     <t>DISPENSA 003/2022</t>
   </si>
   <si>
     <t>003/2022</t>
   </si>
   <si>
-    <t>Construção de muro para delimitação do Posto de Saúde Ramiro Viana na sede do Município de Sítio Novo/MA</t>
+    <t>Construção de muro para delimitação do Posto de Sa...</t>
   </si>
   <si>
     <t>04/03/2022</t>
   </si>
   <si>
     <t>23271,74</t>
   </si>
   <si>
     <t>DISPENSA 002/2022</t>
   </si>
   <si>
-    <t>Contratação direta por dispensa de licitação de pessoa jurídica para aquisição de uma prótese transtibial</t>
+    <t>Contratação direta por dispensa de licitação de pe...</t>
   </si>
   <si>
     <t>18/01/2022</t>
   </si>
   <si>
     <t>7.200,00</t>
   </si>
   <si>
     <t>DISPENSA 001/2022</t>
   </si>
   <si>
-    <t>Contratação de pessoa jurídica para execução dos serviços de locação de programa de computação (software) em plataforma web (internet) na área de cont...</t>
-[...1 lines deleted...]
-  <si>
     <t>13/01/2022</t>
   </si>
   <si>
     <t>16.400,00</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 020/2022</t>
   </si>
   <si>
     <t>020/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa para a pavimentação em bloquete no povoado Paciência no município de Sítio Novo - MA</t>
+    <t>Contratação de empresa para a pavimentação em bloq...</t>
   </si>
   <si>
     <t>06/09/2022</t>
   </si>
   <si>
     <t>510.000,00</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 019/2022</t>
   </si>
   <si>
     <t>019/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa para a recuperação de estradas vicinais no município de Sítio Novo – MA (Povoado Santa Maria à Divisa com São João Do Paraíso)</t>
+    <t>Contratação de empresa para a recuperação de estra...</t>
   </si>
   <si>
     <t>30/08/2022</t>
   </si>
   <si>
     <t>253.120,00</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 018/2022</t>
   </si>
   <si>
     <t>018/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa para a recuperação de estradas vicinais no município de Sítio Novo – MA (Povoado Paciência ao Povoado Retiro)</t>
-[...1 lines deleted...]
-  <si>
     <t>LIC. TOMADA DE PREÇOS 017/2022</t>
   </si>
   <si>
     <t>017/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa para a adequação de estradas vicinais no município de Sítio Novo – MA (Povoado Santa Maria ao Povoado Paciência)</t>
+    <t>Contratação de empresa para a adequação de estrada...</t>
   </si>
   <si>
     <t>500.000,00</t>
   </si>
   <si>
     <t>LIC. PREGÃO PRESENCIAL 010/2022</t>
   </si>
   <si>
     <t>010/2022</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a Contratação de empresa especializada para a aquisição de instrumentos musicais e peças para a Fanfarra Municipal, d...</t>
+    <t>O objeto da presente licitação é a Contratação de...</t>
   </si>
   <si>
     <t>23/08/2022</t>
   </si>
   <si>
     <t>67.975,88</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 016/2022</t>
   </si>
   <si>
     <t>016/2022</t>
   </si>
   <si>
-    <t>Construção de pontes em estrutura de Concreto armado no município de Sítio Novo – MA</t>
+    <t>Construção de pontes em estrutura de Concreto arma...</t>
   </si>
   <si>
     <t>24/08/2022</t>
   </si>
   <si>
     <t>835.258,22</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 015/2022</t>
   </si>
   <si>
-    <t>Implantação de obras de arte corrente provisórias, atuando como desvio para construção de pontes de concreto no município de Sítio Novo - MA.</t>
+    <t>Implantação de obras de arte corrente provisórias,...</t>
   </si>
   <si>
     <t>84.034,51</t>
   </si>
   <si>
     <t>TP 014 2022</t>
   </si>
   <si>
-    <t>Recuperação de trecho da Rua Ana Gomes Viana, com construção de talude lateral, na sede do município de Sítio Novo – MA, conforme Anexo II.</t>
+    <t>Recuperação de trecho da Rua Ana Gomes Viana, com...</t>
   </si>
   <si>
     <t>22/08/2022</t>
   </si>
   <si>
     <t>107.362,37</t>
   </si>
   <si>
     <t>TP 013 2022</t>
   </si>
   <si>
-    <t>Recuperação de pavimentos em vias urbanas e rurais (operação tapa-buracos) do município de Sítio Novo – MA, conforme Anexo II.</t>
+    <t>Recuperação de pavimentos em vias urbanas e rurais...</t>
   </si>
   <si>
     <t>580.804,57</t>
   </si>
   <si>
     <t>PE 005 2022</t>
   </si>
   <si>
     <t>005/2022</t>
   </si>
   <si>
-    <t>contratação de empresa especializada para confecção clínico e técnico de próteses dentárias do programa LRPD- Laboratório Regional de Próteses Dentári...</t>
+    <t>contratação de empresa especializada para confecçã...</t>
   </si>
   <si>
     <t>25/07/2022</t>
   </si>
   <si>
     <t>193.998,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 008/2022</t>
   </si>
   <si>
     <t>008/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em organização e realização de eventos, para as festividades do Dia do Evangélico de 2022</t>
+    <t>Contratação de empresa especializada em organizaçã...</t>
   </si>
   <si>
     <t>07/07/2022</t>
   </si>
   <si>
     <t>51.036,67</t>
   </si>
   <si>
     <t>PP SRP 009/2022</t>
   </si>
   <si>
     <t>009/2022</t>
   </si>
   <si>
-    <t>1.1 O objeto da presente licitação é destinado a locação eventual e futura de veículos e máquinas pesadas para atender as necessidades da Administraçã...</t>
+    <t>1.1 O objeto da presente licitação é destinado a l...</t>
   </si>
   <si>
     <t>08/07/2022</t>
   </si>
   <si>
     <t>8.267.640,00</t>
   </si>
   <si>
     <t>LIC. PREGÃO ELETRONICO 004-2022</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a escolha da proposta mais vantajosa para a prestação de serviços de transporte escolar, com motorista, conforme cond...</t>
+    <t>O objeto da presente licitação é a escolha da prop...</t>
   </si>
   <si>
     <t>21/06/2022</t>
   </si>
   <si>
     <t>6.194.216,16</t>
   </si>
   <si>
     <t>PP 007/2022</t>
   </si>
   <si>
     <t>007/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a realização de coleta, transporte, tratamento de resíduos de lixo hospitalar, grupos A, B e E, com comodato</t>
-[...1 lines deleted...]
-  <si>
     <t>23/06/2022</t>
   </si>
   <si>
     <t>42.083,16</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 012/2022</t>
   </si>
   <si>
-    <t>Pavimentação em bloco intertravado no município de Sítio Novo/MA – Povoado Boa Lembrança,</t>
+    <t>Pavimentação em bloco intertravado no município de...</t>
   </si>
   <si>
     <t>20/06/2022</t>
   </si>
   <si>
     <t>725.000,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 009/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa para recuperação em vias de macro e micro drenagem em diversas ruas e avenidas do município de Sitio Novo/MA</t>
+    <t>Contratação de empresa para recuperação em vias de...</t>
   </si>
   <si>
     <t>10/06/2022</t>
   </si>
   <si>
     <t>500.559,14</t>
   </si>
   <si>
     <t>LIC. PREGÃO PRESENCIAL(SRP) 006-2022</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a objeto aquisição eventual e futura de gases medicinais para a Central de Gases do Hospital Municipal no exercício f...</t>
+    <t>O objeto da presente licitação é a objeto aquisiçã...</t>
   </si>
   <si>
     <t>13/06/2022</t>
   </si>
   <si>
     <t>679.995,90</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 011/2022</t>
   </si>
   <si>
-    <t>Ampliação e reforma do Hospital Público Municipal de Sítio Novo – MA</t>
+    <t>Ampliação e reforma do Hospital Público Municipal...</t>
   </si>
   <si>
     <t>480.969,56</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 010/2022</t>
   </si>
   <si>
-    <t>Restauração de estradas vicinais na zona rural do município de Sítio Novo – MA.</t>
+    <t>Restauração de estradas vicinais na zona rural do...</t>
   </si>
   <si>
     <t>1.383.105,22</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 005/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a realização da Festa Junina 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>144.100,01</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 008/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa para construção de escola de seis salas de aula, com quadra, no Povoado Santa Maria.</t>
+    <t>Contratação de empresa para construção de escola d...</t>
   </si>
   <si>
     <t>07/06/2022</t>
   </si>
   <si>
     <t>1.824.083,40</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 007/2022</t>
   </si>
   <si>
-    <t>Contratação de empresa para conclusão do remanescente de construção de escola de seis salas de aula, com quadra, no povoado Boa Lembrança.</t>
+    <t>Contratação de empresa para conclusão do remanesce...</t>
   </si>
   <si>
     <t>03/06/2022</t>
   </si>
   <si>
     <t>R$ 1.603.325,97</t>
   </si>
   <si>
     <t>PE 003/2022</t>
   </si>
   <si>
     <t>Menor preço por item</t>
   </si>
   <si>
-    <t>Aquisição de cestas básicas - gêneros alimentícios destinados a atender as famílias em situação de vulnerabilidade social no exercício financeiro de 2...</t>
+    <t>Aquisição de cestas básicas - gêneros alimentícios...</t>
   </si>
   <si>
     <t>24/05/2022</t>
   </si>
   <si>
     <t>303.270,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO 002/2022</t>
   </si>
   <si>
     <t>Aquisição de veículos.</t>
   </si>
   <si>
     <t>29/04/2022</t>
   </si>
   <si>
     <t>462.114,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 004/2022</t>
   </si>
   <si>
-    <t>Aquisição de um Aparelho de Raio X para realização de exames no Hospital Municipal.</t>
+    <t>Aquisição de um Aparelho de Raio X para realização...</t>
   </si>
   <si>
     <t>R$ 458.613,09</t>
   </si>
   <si>
     <t>Dispensa nº 007/2021</t>
   </si>
   <si>
     <t>007/2021</t>
   </si>
   <si>
     <t>Melhor Preço</t>
   </si>
   <si>
-    <t>Prestação de serviços de manutenção preventiva e corretiva dos equipamentos dos consultórios odontológicos em geral do município.</t>
+    <t>Prestação de serviços de manutenção preventiva e c...</t>
   </si>
   <si>
     <t>07/10/2021</t>
   </si>
   <si>
     <t>R$ 16.700,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS 006/2022</t>
   </si>
   <si>
-    <t>Construção de campo de futebol no Povoado Paciência na zona rural do município de Sítio Novo – MA</t>
+    <t>Construção de campo de futebol no Povoado Paciênci...</t>
   </si>
   <si>
     <t>27/04/2022</t>
   </si>
   <si>
     <t>R$ 265.000,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS 005/2022</t>
   </si>
   <si>
-    <t>Reforma e ampliação da casa de hospedagem Raimundo Paulino na sede do município de Sítio Novo – MA</t>
+    <t>Reforma e ampliação da casa de hospedagem Raimundo...</t>
   </si>
   <si>
     <t>123.912,82</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 003/2022</t>
   </si>
   <si>
     <t>Menor Preço Global.</t>
   </si>
   <si>
-    <t>1.1. O objeto da presente licitação é a contratação de empresa para a prestação de serviços fúnebres com fornecimento de urna mortuária, translado e s...</t>
-[...1 lines deleted...]
-  <si>
     <t>103.650,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS 004/2022</t>
   </si>
   <si>
-    <t>Recuperação de estradas vicinais no município de Sítio Novo – MA (Povoado Paciência Ao Povoado Retiro).</t>
+    <t>Recuperação de estradas vicinais no município de S...</t>
   </si>
   <si>
     <t>25/04/2022</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS 003/2022</t>
   </si>
   <si>
-    <t>Recuperação de estradas vicinais no município de Sítio Novo – MA (Povoado Santa Maria ao Povoado Paciência)</t>
-[...1 lines deleted...]
-  <si>
     <t>DISPENSA DE LIC. 005/2021</t>
   </si>
   <si>
     <t>005/2021</t>
   </si>
   <si>
-    <t>Locação de imóvel para a instalação e funcionamento da Secretaria Municipal de Desenvolvimento Rural, Aquicultura e Pesca.</t>
+    <t>Locação de imóvel para a instalação e funcionament...</t>
   </si>
   <si>
     <t>22/07/2021</t>
   </si>
   <si>
     <t>R$ 10.800,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE Nº 005/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE ARTISTA CONSAGRADO PARA APRESENTAÇÃO NA CIDADE DE SÍTIO NOVO/MA, EM COMEMORAÇÃO AS FESTIVIDADES DE REVEILLON, A SE REALIZAR DIA 31/12/2...</t>
-[...1 lines deleted...]
-  <si>
     <t>25/10/2021</t>
   </si>
   <si>
     <t>R$ 110.000,00</t>
   </si>
   <si>
     <t>DISPENSA DE LIC. 006/2021</t>
   </si>
   <si>
     <t>006/2021</t>
   </si>
   <si>
     <t>Aquisição de artigos de malharia</t>
   </si>
   <si>
     <t>24/09/2021</t>
   </si>
   <si>
     <t>R$ 17.000,00</t>
   </si>
   <si>
     <t>PP (SRP) 002-2022</t>
   </si>
   <si>
     <t>Maior Desconto Percentual por Item</t>
   </si>
   <si>
-    <t>Aquisição eventual e futura de combustível na bomba e óleo lubrificante para a Administração Pública Municipal.</t>
+    <t>Aquisição eventual e futura de combustível na bomb...</t>
   </si>
   <si>
     <t>16/03/2022</t>
   </si>
   <si>
     <t>6.959.772,30</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 002/2022</t>
   </si>
   <si>
     <t>Menor preço Global</t>
   </si>
   <si>
-    <t>Ampliação do cemitério público municipal de Sítio Novo/MA.</t>
+    <t>Ampliação do cemitério público municipal de Sítio...</t>
   </si>
   <si>
     <t>22/03/2022</t>
   </si>
   <si>
     <t>302.982,78</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 001/2022</t>
   </si>
   <si>
-    <t>Revitalização em pintura de escolas da rede de ensino municipal de Sítio Novo/MA.</t>
+    <t>Revitalização em pintura de escolas da rede de ens...</t>
   </si>
   <si>
     <t>08/03/2022</t>
   </si>
   <si>
     <t>525.298,02</t>
   </si>
   <si>
     <t>LIC. CHAM. PÚBLICA 001/2022</t>
   </si>
   <si>
     <t>14/02/2022</t>
   </si>
   <si>
     <t>203.082,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRONICO 001/2022</t>
   </si>
   <si>
-    <t>A aquisição de gêneros alimentícios destinados a compor o cardápio da merenda escolar.</t>
+    <t>A aquisição de gêneros alimentícios destinados a c...</t>
   </si>
   <si>
     <t>07/02/2022</t>
   </si>
   <si>
     <t>873.108,68</t>
   </si>
   <si>
     <t>LIC. PP (SRP) 001-2022</t>
   </si>
   <si>
-    <t>A aquisição eventual e futura de pneus, câmaras e protetores, para a frota de veículos da administração pública municipal.</t>
+    <t>A aquisição eventual e futura de pneus, câmaras e...</t>
   </si>
   <si>
     <t>1.473.980,74</t>
   </si>
   <si>
     <t>PP 017-2021</t>
   </si>
   <si>
     <t>017/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em organização e realização de eventos para as festividades do réveillon de 2021 (dois mil e vinte e um).</t>
-[...1 lines deleted...]
-  <si>
     <t>231/2/2021</t>
   </si>
   <si>
     <t>71.350,05</t>
   </si>
   <si>
     <t>PE (SRP) - 006/2021</t>
   </si>
   <si>
     <t>Menor Preço Por Item</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a escolha da proposta mais vantajosa para a aquisição eventual e futura de móveis para atender as necessidades da Adm...</t>
-[...1 lines deleted...]
-  <si>
     <t>23/12/2021</t>
   </si>
   <si>
     <t>1.960.522,30</t>
   </si>
   <si>
     <t>Inexigibilidade nº 004/2021</t>
   </si>
   <si>
     <t>004/2021</t>
   </si>
   <si>
-    <t>Aquisição de Livros Didáticos de Língua Inglesa para o Ensino Fundamental no exercício financeiro de 2021.</t>
+    <t>Aquisição de Livros Didáticos de Língua Inglesa pa...</t>
   </si>
   <si>
     <t>23/08/2021</t>
   </si>
   <si>
     <t>R$ 251.753,70</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 022/2021</t>
   </si>
   <si>
     <t>022/2021</t>
   </si>
   <si>
-    <t>Implantação de obras de arte corrente no município de Sítio Novo (MA)</t>
+    <t>Implantação de obras de arte corrente no município...</t>
   </si>
   <si>
     <t>14/12/2021</t>
   </si>
   <si>
     <t>R$ 888.776,29</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 021/2021</t>
   </si>
   <si>
     <t>021/2021</t>
   </si>
   <si>
-    <t>Recuperação de estradas vicinais na zona rural do município de Sítio Novo (MA).</t>
+    <t>Recuperação de estradas vicinais na zona rural do...</t>
   </si>
   <si>
     <t>09/12/2021</t>
   </si>
   <si>
     <t>R$ 1.133.645,91</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 020/2021</t>
   </si>
   <si>
     <t>020/2021</t>
   </si>
   <si>
-    <t>Drenagem de água pluvial e esgoto sanitário da sede do município de Sítio Novo (MA)</t>
+    <t>Drenagem de água pluvial e esgoto sanitário da sed...</t>
   </si>
   <si>
     <t>R$ 666.357,37</t>
   </si>
   <si>
     <t>LIC. PREGÃO PRESENCIAL 006/2021</t>
   </si>
   <si>
-    <t>1.1. O objeto da presente licitação é a contratação de empresa prestadora de serviços de apoio ao diagnóstico em exames laboratoriais, para atendiment...</t>
-[...1 lines deleted...]
-  <si>
     <t>03/10/2021</t>
   </si>
   <si>
     <t>R$ 281.596,30</t>
   </si>
   <si>
     <t>LIC. PREGÃO PRESENCIAL 005/2021</t>
   </si>
   <si>
     <t>29/04/2021</t>
   </si>
   <si>
     <t>R$ 122.550,20</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 009/2021</t>
   </si>
   <si>
     <t>009/2021</t>
   </si>
   <si>
     <t>Recuperação de estradas vicinais.</t>
   </si>
   <si>
     <t>24/06/2021</t>
   </si>
   <si>
     <t>R$ 481.104,00</t>
   </si>
   <si>
     <t>LIC. - TOMADA DE PREÇOS - 019/2021.</t>
   </si>
   <si>
     <t>019/2021</t>
   </si>
   <si>
-    <t>Construção de portais no município de Sítio Novo (MA), conforme Anexo II.</t>
+    <t>Construção de portais no município de Sítio Novo (...</t>
   </si>
   <si>
     <t>02/12/2021</t>
   </si>
   <si>
     <t>580.003,00</t>
   </si>
   <si>
     <t>LIC. PREGÃO PRESENCIAL 016-2021</t>
   </si>
   <si>
     <t>016/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em ornamentação para a caracterização no município de Sítio Novo – MA para as festas natalinas de 2021 (dois mil...</t>
-[...1 lines deleted...]
-  <si>
     <t>26/11/2021</t>
   </si>
   <si>
     <t>184.720,50</t>
   </si>
   <si>
     <t>PE - 005/2021</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a escolha da proposta mais vantajosa para a aquisição de veículos, conforme condições, quantidades e exigências estab...</t>
-[...1 lines deleted...]
-  <si>
     <t>22/11/2021</t>
   </si>
   <si>
     <t>530.373,33</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 018/2021</t>
   </si>
   <si>
     <t>018/2021</t>
   </si>
   <si>
     <t>Recuperação de estradas vicinais</t>
   </si>
   <si>
     <t>21/10/2021</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL (SRP) - 015/2021.</t>
   </si>
   <si>
     <t>015/2021</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a aquisição eventual e futura de gêneros alimentícios para o atendimento das necessidades da Administração Municipal.</t>
+    <t>O objeto da presente licitação é a aquisição event...</t>
   </si>
   <si>
     <t>18/10/2021</t>
   </si>
   <si>
     <t>R$: 1.222.994,80</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL (SRP) - 014/2021.</t>
   </si>
   <si>
     <t>014/2021</t>
   </si>
   <si>
-    <t>Aquisição eventual e futura de eletrodomésticos, eletrônicos e materiais diversos para a Administração Pública Municipal.</t>
+    <t>Aquisição eventual e futura de eletrodomésticos, e...</t>
   </si>
   <si>
     <t>R$1.291.062,06</t>
   </si>
   <si>
     <t>LIC. - TOMADA DE PREÇOS - 006/2021.</t>
   </si>
   <si>
     <t>Reforma do Centro de Multiatendimento.</t>
   </si>
   <si>
     <t>14/06/2021</t>
   </si>
   <si>
     <t>R$ 28.337,32</t>
   </si>
   <si>
     <t>LIC. - TOMADA DE PREÇOS - 007/2021.</t>
   </si>
   <si>
     <t>Reforma de escolas da rede de ensino municipal.</t>
   </si>
   <si>
     <t>14/07/2021</t>
   </si>
   <si>
     <t>R$ 794.047,09</t>
   </si>
   <si>
     <t>LIC.-PREGÃO PRESENCIAL -013/2021.</t>
   </si>
   <si>
     <t>013/2021</t>
   </si>
   <si>
-    <t>1.1 Contratação de empresa para a prestação de serviços de manutenção preventiva e corretiva da frota de veículos automotivos do Município de Sítio No...</t>
+    <t>1.1 Contratação de empresa para a prestação de ser...</t>
   </si>
   <si>
     <t>30/09/2021</t>
   </si>
   <si>
     <t>668.044,06</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL - 004/2021.</t>
   </si>
   <si>
     <t>Locação de veículos e máquinas pesadas.</t>
   </si>
   <si>
     <t>R$ 2.382.021,08</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL (SRP) - 012/2021.</t>
   </si>
   <si>
     <t>012/2021</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a aquisição eventual e futura de material de limpeza hospitalar para a Administração Pública Municipal.</t>
-[...1 lines deleted...]
-  <si>
     <t>13/09/2021</t>
   </si>
   <si>
     <t>R$: 1.671.338,16</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL (SRP) - 011/2021.</t>
   </si>
   <si>
     <t>011/2021</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a aquisição eventual e futura de material de limpeza para a Administração Pública Municipal.</t>
-[...1 lines deleted...]
-  <si>
     <t>R$: 2.729.131,80</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL (SRP) - 010/2021.</t>
   </si>
   <si>
     <t>010/2021</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a aquisição eventual e futura de material de expediente para a Administração Pública Municipal.</t>
-[...1 lines deleted...]
-  <si>
     <t>09/09/2021</t>
   </si>
   <si>
     <t>R$: 2.858.845,20</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL (SRP) - 009/2021.</t>
   </si>
   <si>
-    <t>Aquisição eventual e futura de medicamentos e material de consumo hospitalar, laboratorial e odontológico para o hospital municipal e postos de saúde.</t>
-[...1 lines deleted...]
-  <si>
     <t>10/06/2021</t>
   </si>
   <si>
     <t>R$ 4.754.071,73</t>
   </si>
   <si>
     <t>LIC. PREGÃO ELETRÔNICO - 004/2021</t>
   </si>
   <si>
-    <t>Contratação de prestação de serviços de transporte escolar, com motorista.</t>
+    <t>Contratação de prestação de serviços de transporte...</t>
   </si>
   <si>
     <t>26.08.2021</t>
   </si>
   <si>
     <t>R$ 3.830.143,68</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 010/2021</t>
   </si>
   <si>
-    <t>Reforma do prédio da Secretaria Municipal de Desenvolvimento Social.</t>
+    <t>Reforma do prédio da Secretaria Municipal de Desen...</t>
   </si>
   <si>
     <t>17/06/2021</t>
   </si>
   <si>
     <t>R$ 26.402,83</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 017/2021</t>
   </si>
   <si>
-    <t>Reforma do prédio do SAMU (Serviço de Atendimento Móvel de Urgência) de Sítio Novo/MA.</t>
+    <t>Reforma do prédio do SAMU (Serviço de Atendimento...</t>
   </si>
   <si>
     <t>23.08.2021</t>
   </si>
   <si>
     <t>R$ 88.581,02</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 016/2021</t>
   </si>
   <si>
     <t>16/08/2021</t>
   </si>
   <si>
     <t>R$ 187.492,61</t>
   </si>
   <si>
     <t>LIC. TOMADA DE PREÇOS 013/2021</t>
   </si>
   <si>
-    <t>Construção de um galpão no município de Sítio Novo (MA).</t>
+    <t>Construção de um galpão no município de Sítio Novo...</t>
   </si>
   <si>
     <t>R$ 326.135,31</t>
   </si>
   <si>
     <t>DISPENSA DE LIC. 004/2021</t>
   </si>
   <si>
-    <t>Execução de serviços de drenagem do campo de futebol society da praça José Reinaldo Tavares na sede do Município de Sítio Novo/MA.</t>
+    <t>Execução de serviços de drenagem do campo de futeb...</t>
   </si>
   <si>
     <t>17/05/2021</t>
   </si>
   <si>
     <t>R$ 10.829,10</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS 015/2021</t>
   </si>
   <si>
     <t>Manutenção e conservação de estradas vicinais.</t>
   </si>
   <si>
     <t>19/07/2021</t>
   </si>
   <si>
     <t>R$ 584.280,06</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS 014/2021</t>
   </si>
   <si>
     <t>Menor Preço por Lote</t>
   </si>
   <si>
-    <t>Construção de pontes de madeira na zona rural do município de Sítio Novo (MA).</t>
+    <t>Construção de pontes de madeira na zona rural do m...</t>
   </si>
   <si>
     <t>19/05/2021</t>
   </si>
   <si>
     <t>R$ 797.475,01</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 003/2021 - CPL</t>
   </si>
   <si>
     <t>003/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa para a prestação de serviços de licenciamento e locação de software de gestão escolar.</t>
+    <t>Contratação de empresa para a prestação de serviço...</t>
   </si>
   <si>
     <t>06.05.2021</t>
   </si>
   <si>
     <t>R$ 305.465,63</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO Nº 002/2021</t>
   </si>
   <si>
     <t>002/2021/2021</t>
   </si>
   <si>
     <t>Menor preço</t>
   </si>
   <si>
     <t>Aquisição de veículo de passeio.</t>
   </si>
   <si>
     <t>29.04.2021</t>
   </si>
   <si>
     <t>54.660,00</t>
   </si>
   <si>
     <t>LIC. - PREGÃO ELETRÔNICO - 001/2021.</t>
   </si>
   <si>
     <t>001/2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de gêneros alimentícios para compor o cardápio da merenda escolar.</t>
+    <t>Aquisição de gêneros alimentícios para compor o ca...</t>
   </si>
   <si>
     <t>12.04.2021</t>
   </si>
   <si>
     <t>R$ 624.794,70</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 012/2021</t>
   </si>
   <si>
     <t>012/2021/2021</t>
   </si>
   <si>
     <t>Reforma da Biblioteca Pública Municipal.</t>
   </si>
   <si>
     <t>21/06/2021</t>
   </si>
   <si>
     <t>29.040,88</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 011/2021</t>
   </si>
   <si>
     <t>011/2021/2021</t>
   </si>
   <si>
-    <t>Pavimentação de ruas em bloquete, com construção de escadaria na Rua Marcolina de Castro no Povoado Grupo Novo.</t>
+    <t>Pavimentação de ruas em bloquete, com construção d...</t>
   </si>
   <si>
     <t>259.697,02</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 008/2021</t>
   </si>
   <si>
     <t>008/2021/2021</t>
   </si>
   <si>
-    <t>Reforma de pontes de madeira na zona rural do município de Sítio Novo (MA).</t>
+    <t>Reforma de pontes de madeira na zona rural do muni...</t>
   </si>
   <si>
     <t>760.644,63</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL - 001/2021 SAAE</t>
   </si>
   <si>
-    <t>Prestação de serviços de manutenção preventiva e corretiva de motores elétricos, bombas de poços artesianos e serviços de limpezas de poços artesianos...</t>
-[...1 lines deleted...]
-  <si>
     <t>25/03/2021</t>
   </si>
   <si>
     <t>R$ 281.907,70</t>
   </si>
   <si>
     <t>INEXEGIBILIDADE DE LIC. 003/2021</t>
   </si>
   <si>
-    <t>Serviços contínuos técnicos especializados em assessoria e consultoria jurídicas na capital do Estado do Maranhão (São Luís – MA), compreendendo os se...</t>
+    <t>Serviços contínuos técnicos especializados em asse...</t>
   </si>
   <si>
     <t>10/05/2021</t>
   </si>
   <si>
     <t>204.000,00</t>
   </si>
   <si>
     <t>INEXEGIBILIDADE DE LIC. 002/2021</t>
   </si>
   <si>
     <t>002/2021</t>
   </si>
   <si>
-    <t>Aquisição de Livros Didáticos para a Educação Infantil no exercício financeiro de 2021.</t>
+    <t>Aquisição de Livros Didáticos para a Educação Infa...</t>
   </si>
   <si>
     <t>01/05/2023</t>
   </si>
   <si>
     <t>R$ 170.456,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE DE LIC. 001/2021</t>
   </si>
   <si>
-    <t>Contratação direta de pessoa jurídica para a prestação de serviços técnicos especializados de assessoria jurídica em procedimentos de licitação e cont...</t>
+    <t>Contratação direta de pessoa jurídica para a prest...</t>
   </si>
   <si>
     <t>R$ 96.000,00</t>
   </si>
   <si>
     <t>DISPENSA DE LIC. 003/2021</t>
   </si>
   <si>
     <t>003/2021/2021</t>
   </si>
   <si>
-    <t>Ampliação da casa de hospedagem Raimundo Paulino na sede do Município de Sítio Novo/MA.</t>
+    <t>Ampliação da casa de hospedagem Raimundo Paulino n...</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>R$ 19.681,39</t>
   </si>
   <si>
     <t>DISPENSA DE LIC. 002/2021</t>
   </si>
   <si>
     <t>Empreitada por preço global</t>
   </si>
   <si>
-    <t>Serviços de reforma do curral do matadouro municipal.</t>
+    <t>Serviços de reforma do curral do matadouro municip...</t>
   </si>
   <si>
     <t>01/04/2021</t>
   </si>
   <si>
     <t>R$ 16.630,65</t>
   </si>
   <si>
     <t>DISPENSA DE LIC. 001/2021</t>
   </si>
   <si>
-    <t>contratação de pessoa jurídica para a execução de serviços de locação de programa de computação (software) em plataforma web (internet) na área de con...</t>
+    <t>contratação de pessoa jurídica para a execução de...</t>
   </si>
   <si>
     <t>11/01/2021</t>
   </si>
   <si>
     <t>16.300,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 005/2021</t>
   </si>
   <si>
-    <t>Construção de posto de saúde com academia ao ar livre no Povoado Grupo Novo, município de Sítio Novo (MA)</t>
+    <t>Construção de posto de saúde com academia ao ar li...</t>
   </si>
   <si>
     <t>21/03/2021</t>
   </si>
   <si>
     <t>345.404,74</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 004/2021</t>
   </si>
   <si>
     <t>004/2021/2021</t>
   </si>
   <si>
-    <t>Recuperação de pavimentação em bloquete (operação tapa-buracos) de vias públicas na sede do Município de Sítio Novo (MA) e nos Povoados: Grupo Novo, B...</t>
+    <t>Recuperação de pavimentação em bloquete (operação...</t>
   </si>
   <si>
     <t>15/04/2021</t>
   </si>
   <si>
     <t>188.342,03</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 003/2021</t>
   </si>
   <si>
-    <t>. Recuperação de pavimentação asfáltica (operação tapa-buracos) de vias públicas na sede do Município de Sítio Novo (MA)</t>
+    <t>. Recuperação de pavimentação asfáltica (operação...</t>
   </si>
   <si>
     <t>390.826,51</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 002/2021</t>
   </si>
   <si>
     <t>18/02/2021</t>
   </si>
   <si>
     <t>286.800,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇOS Nº 001/2021</t>
   </si>
   <si>
-    <t>Pavimentação de vias públicas no município de Sítio Novo (MA)</t>
+    <t>Pavimentação de vias públicas no município de Síti...</t>
   </si>
   <si>
     <t>675.603,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 008/2021</t>
   </si>
   <si>
-    <t>Contratação de empresa para a prestação de serviços técnicos de engenharia consultiva para elaboração de projetos, apoio, gerenciamento, supervisão e...</t>
-[...1 lines deleted...]
-  <si>
     <t>12/08/2025</t>
   </si>
   <si>
     <t>83.199,96</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL - 003/2021.</t>
   </si>
   <si>
-    <t>1.1 Aquisição de peças para a frota de veículos automotivos do Município de Sítio Novo – MA.</t>
+    <t>1.1 Aquisição de peças para a frota de veículos au...</t>
   </si>
   <si>
     <t>R$ 2.114.852,78</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 007/2021</t>
   </si>
   <si>
     <t>007/2021/2021</t>
   </si>
   <si>
-    <t>Aquisição de gases medicinais e peças para a Central de Gases do Hospital Municipal.</t>
+    <t>Aquisição de gases medicinais e peças para a Centr...</t>
   </si>
   <si>
     <t>264.564,00</t>
   </si>
   <si>
     <t>LIC. - PREGÃO PRESENCIAL - 002/2021.</t>
   </si>
   <si>
-    <t>1.1 Contratação de empresa especializada em manutenção preventiva e corretiva da rede de iluminação pública municipal, com fornecimento e reposição de...</t>
-[...1 lines deleted...]
-  <si>
     <t>22/02/2021</t>
   </si>
   <si>
     <t>509.016,81</t>
   </si>
   <si>
     <t>LIC. - CHAMADA PÚBLICA 001/2021</t>
   </si>
   <si>
     <t>24/03/2021</t>
   </si>
   <si>
     <t>274.076,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL Nº 001/2021 - CPL</t>
   </si>
   <si>
-    <t>O objeto da presente licitação é a aquisição eventual e futura de combustível na bomba e óleo lubrificante para a Administração Pública Municipal.</t>
-[...1 lines deleted...]
-  <si>
     <t>04/02/2021</t>
   </si>
   <si>
     <t>4.159.428,00</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 018/2019</t>
   </si>
   <si>
     <t>018/2019</t>
   </si>
   <si>
     <t>MENOR PREÇO POR UNITARIO</t>
   </si>
   <si>
-    <t>Contratação de pessoas físicas ou jurídicas para realização e organização do réveillon 2019 no Município de Sítio Novo - MA</t>
+    <t>Contratação de pessoas físicas ou jurídicas para r...</t>
   </si>
   <si>
     <t>10/12/2019</t>
   </si>
   <si>
     <t>111.820,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 008/2019</t>
   </si>
   <si>
     <t>008/2019</t>
   </si>
   <si>
     <t>Melhor Técnica e Preço</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para prestação de serviços de Organização, Planejamento e Realização de Concurso Público, com elaboração de Edita...</t>
+    <t>Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>05/12/2019</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 017/2019</t>
   </si>
   <si>
     <t>017/2019</t>
   </si>
   <si>
     <t>MENOR PREÇO GLOBAL POR LOTE</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo, para fazer Reformas/Ampliações do Prédio da Prefeitura Municipal; Reformas do Ginásio das Hortênsias; Reformas e Ampl...</t>
+    <t>Contratação de empresas do ramo, para fazer Reform...</t>
   </si>
   <si>
     <t>25/11/2019</t>
   </si>
   <si>
     <t>635.606,77</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 007/2019</t>
   </si>
   <si>
     <t>007/2019</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo, para construir (02) duas Pontes de Concreto de 8,00m comprimento, 4,00 m largura, 01 (uma) Ponte de Madeira 14,00 m c...</t>
+    <t>Contratação de empresas do ramo, para construir (0...</t>
   </si>
   <si>
     <t>23/10/2019</t>
   </si>
   <si>
     <t>1.028.073,50</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 014/2019</t>
   </si>
   <si>
     <t>014/2019</t>
   </si>
   <si>
-    <t>Aquisição de uma carreta agrícola de madeira com pneus 2 eixos, veículo(s) rodoviário(s) e maquinário, para atender as necessidades da Secretaria Muni...</t>
+    <t>Aquisição de uma carreta agrícola de madeira com p...</t>
   </si>
   <si>
     <t>24/10/2019</t>
   </si>
   <si>
     <t>743.696,62</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 015/2019</t>
   </si>
   <si>
     <t>015/2019</t>
   </si>
   <si>
-    <t>Aquisição de Patrulha Agrícola (Trator e Grade) para o Município de Sítio Novo – MA.</t>
+    <t>Aquisição de Patrulha Agrícola (Trator e Grade) pa...</t>
   </si>
   <si>
     <t>184.183,33</t>
   </si>
   <si>
     <t>PREGAO PRESENCIA 016/2019</t>
   </si>
   <si>
     <t>016/2019</t>
   </si>
   <si>
     <t>MAIOR LANCE</t>
   </si>
   <si>
-    <t>Contratação de Instituição Financeira Bancaria, para prestação de serviços com exclusividade de centralização e processamento de credito da folha de p...</t>
+    <t>Contratação de Instituição Financeira Bancaria, pa...</t>
   </si>
   <si>
     <t>16/10/2019</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 006/2019</t>
   </si>
   <si>
     <t>006/2019</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo de construção, para retomar a construção da obra da 2ª ETAPA da obra de urbanização da avenida principal do açude do M...</t>
+    <t>Contratação de empresas do ramo de construção, par...</t>
   </si>
   <si>
     <t>11/09/2019</t>
   </si>
   <si>
     <t>496.727,06</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 032/2018</t>
   </si>
   <si>
     <t>032/2018</t>
   </si>
   <si>
-    <t>À contratação empresa especializada em serviços de telecomunicação para fornecimento de link dedicado à internet com alta disponibilidade, com velocid...</t>
+    <t>À contratação empresa especializada em serviços de...</t>
   </si>
   <si>
     <t>06/07/2023</t>
   </si>
   <si>
     <t>225.720,00</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 013/2019</t>
   </si>
   <si>
     <t>013/2019</t>
   </si>
   <si>
-    <t>Aquisição de uma carreta agrícola de madeira com pneus 2 eixos, veículo(s) rodoviário(s) e maquinário</t>
-[...1 lines deleted...]
-  <si>
     <t>15/08/2019</t>
   </si>
   <si>
     <t>609.604,76</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 038/2018</t>
   </si>
   <si>
     <t>038/2019</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em serviços de locação de veículos e maquinas pesada.</t>
+    <t>Contratação de empresa especializada em serviços d...</t>
   </si>
   <si>
     <t>12/12/2018</t>
   </si>
   <si>
     <t>1.379.400,00</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 012/2019</t>
   </si>
   <si>
     <t>012/2019</t>
   </si>
   <si>
-    <t>Aquisição de máquinas e implementos agrícolas, novos, visando atender as necessidades da Secretaria de Desenvolvimento Rural Agricultura e Pesca.</t>
+    <t>Aquisição de máquinas e implementos agrícolas, nov...</t>
   </si>
   <si>
     <t>05/08/2019</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 005/2019</t>
   </si>
   <si>
     <t>005/2019</t>
   </si>
   <si>
     <t>MELHOR PREÇO GLOBAL POR LOTE</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo para fazer, Reforma de (06) seis Escolas Municipais na zona rural e sede do Município de Sítio Novo – MA, (povoado ozi...</t>
+    <t>Contratação de empresas do ramo para fazer, Reform...</t>
   </si>
   <si>
     <t>18/07/2019</t>
   </si>
   <si>
     <t>716.550,25</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 011/2019</t>
   </si>
   <si>
     <t>011/2019</t>
   </si>
   <si>
-    <t>Contratação de empresa para fornecimento de conjunto de mesas e carteiras escolares</t>
+    <t>Contratação de empresa para fornecimento de conjun...</t>
   </si>
   <si>
     <t>03/06/2019</t>
   </si>
   <si>
     <t>426.096,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 008/2019</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em fornecimento de peças e pneus e serviço de colocação de peças e pneus</t>
+    <t>Contratação de empresa especializada em fornecimen...</t>
   </si>
   <si>
     <t>10/05/2019</t>
   </si>
   <si>
     <t>2.087.543,29</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 007/2019</t>
   </si>
   <si>
     <t>07/2019</t>
   </si>
   <si>
     <t>MENOR PREÇO GLOBAL POR ITEM</t>
   </si>
   <si>
-    <t>Contratação de Empresa Especializada em Assessoria de ti: à Secretaria Municipal de educação no âmbito: reestruturação, implementação, treinamentos, a...</t>
+    <t>Contratação de Empresa Especializada em Assessoria...</t>
   </si>
   <si>
     <t>23/04/2019</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 006/2019</t>
   </si>
   <si>
     <t>EMPREITADA MENOR PREÇO UNITARIO POR SERVIÇOS PRESTADOS</t>
   </si>
   <si>
-    <t>Contratação de pessoa física ou jurídica para fazer assessoria e consultoria para o fundo Municipal de Saúde do Município</t>
+    <t>Contratação de pessoa física ou jurídica para faze...</t>
   </si>
   <si>
     <t>03/04/2019</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 05/2019</t>
   </si>
   <si>
     <t>05/2019</t>
   </si>
   <si>
     <t>Menor preço por prestação dos serviços</t>
   </si>
   <si>
-    <t>Contratação de empresa produtora de eventos para produção da festa das mães</t>
+    <t>Contratação de empresa produtora de eventos para p...</t>
   </si>
   <si>
     <t>02/04/2019</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 02-2019</t>
   </si>
   <si>
     <t>02/2019</t>
   </si>
   <si>
-    <t>Contratação de empresas para fazer construção de um Campo de Futebol no Município</t>
+    <t>Contratação de empresas para fazer construção de u...</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 036/2018</t>
   </si>
   <si>
     <t>036/2018</t>
   </si>
   <si>
-    <t>Contratação dos serviços em preparo e fornecimento de vários tipos de refeições</t>
+    <t>Contratação dos serviços em preparo e fornecimento...</t>
   </si>
   <si>
     <t>49.020,00</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 033/2018</t>
   </si>
   <si>
     <t>033/2018</t>
   </si>
   <si>
-    <t>Locação de Sistema Informatizado e Integrado de Gestão Publica, bem como a manutenção adaptativa e evolutiva, por meio de empresa especializada em Tec...</t>
+    <t>Locação de Sistema Informatizado e Integrado de Ge...</t>
   </si>
   <si>
     <t>75.533,37</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 001/2019</t>
   </si>
   <si>
     <t>001/2019</t>
   </si>
   <si>
     <t>Melhor preço global por lote</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo para fazer, reformas de escolas municipais e uma pavimentação em bloquete com meios fios e sarjetas em vias urbanas do...</t>
+    <t>Contratação de empresas do ramo para fazer, reform...</t>
   </si>
   <si>
     <t>05/02/2019</t>
   </si>
   <si>
     <t>PREGAO PRESENCIAL 031/2018</t>
   </si>
   <si>
     <t>031/2018</t>
   </si>
   <si>
-    <t>Aquisição de combustíveis e lubrificantes automotivos para atender Administração em Geral, Fundo Municipal de Saúde, FUNDEB – 40%, Secretaria de Educa...</t>
+    <t>Aquisição de combustíveis e lubrificantes automoti...</t>
   </si>
   <si>
     <t>13/12/2018</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 030/2018</t>
   </si>
   <si>
     <t>030/2018</t>
   </si>
   <si>
-    <t>Fazer contratação de empresa para fornecimento de insumos, medicamentos e outros, que foram suprimidos do pregão presencial 027/2018, os mesmos estão...</t>
+    <t>Fazer contratação de empresa para fornecimento de...</t>
   </si>
   <si>
     <t>24/09/2018</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 008/2018</t>
   </si>
   <si>
     <t>008/2018</t>
   </si>
   <si>
-    <t>A contratação de empresas do ramo para fazer adequação e recuperação de estradas vicinais do município.</t>
+    <t>A contratação de empresas do ramo para fazer adequ...</t>
   </si>
   <si>
     <t>CHAMADA PUBLICA 001/2018</t>
   </si>
   <si>
     <t>001/2018</t>
   </si>
   <si>
-    <t>Aquisição de gêneros alimentícios da agricultura familiar e empreendedor familiar rural para atender os alunos matriculados na Rede Pública Municipal...</t>
-[...1 lines deleted...]
-  <si>
     <t>13/02/2018</t>
   </si>
   <si>
     <t>162.240,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA 003/2018</t>
   </si>
   <si>
     <t>003/2018</t>
   </si>
   <si>
     <t>MELHOR TÉCNICA E PREÇOS</t>
   </si>
   <si>
-    <t>Contratação de serviços técnicos especializados de consultoria visando o estudo, levantamento e propositura de demandas judiciais e/ou administrativas...</t>
+    <t>Contratação de serviços técnicos especializados de...</t>
   </si>
   <si>
     <t>11/04/2018</t>
   </si>
   <si>
     <t>00,00</t>
   </si>
   <si>
     <t>CONCORRENCIA PUBLICA 002/2018</t>
   </si>
   <si>
     <t>002/2018</t>
   </si>
   <si>
     <t>TÉCNICA E PREÇO</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços jurídicos, visando à recuperação de créditos do extinto FUNDEF não repassados pela União...</t>
-[...1 lines deleted...]
-  <si>
     <t>TOMADA DE PREÇO 007/2018</t>
   </si>
   <si>
     <t>007/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas para fazer construção de um Campo de Futebol no Município.</t>
-[...1 lines deleted...]
-  <si>
     <t>16/05/2018</t>
   </si>
   <si>
     <t>429.680,72</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 006/2018</t>
   </si>
   <si>
     <t>006/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo para fazer reformas e construções de muros de contenção, construção de uma praça onde está construído o centro de conv...</t>
+    <t>Contratação de empresas do ramo para fazer reforma...</t>
   </si>
   <si>
     <t>17/05/2018</t>
   </si>
   <si>
     <t>736.584,55</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 005/2018</t>
   </si>
   <si>
     <t>005/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo para fazer complementação de infraestrutura básica dos PA´S Oziel Alves Nova Canaã Poço Dantas, Oziel Pereira e São Fe...</t>
+    <t>Contratação de empresas do ramo para fazer complem...</t>
   </si>
   <si>
     <t>02/05/2018</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 004/2018</t>
   </si>
   <si>
     <t>004/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo de construção, para fazer 2ª ETAPA da obra de urbanização da avenida principal do açude do Município de Sítio Nova - M...</t>
-[...1 lines deleted...]
-  <si>
     <t>23/04/2018</t>
   </si>
   <si>
     <t>690.000,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 003/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo para fazer adequação e recuperação de estradas vicinais que liga BR-226 ao Povoado Santa Maria no Município.</t>
+    <t>Contratação de empresas do ramo para fazer adequaç...</t>
   </si>
   <si>
     <t>22/03/2018</t>
   </si>
   <si>
     <t>1.075.000,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 002/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo para fazer pavimentação flexível de areia asfálticas usinada a quente (AAUQ) de vias urbanas do Município.</t>
+    <t>Contratação de empresas do ramo para fazer pavimen...</t>
   </si>
   <si>
     <t>598.000,00</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 001/2018</t>
   </si>
   <si>
-    <t>Contratação de escritório de advocacia, pessoa jurídica, com experiência na área do Direito Administrativo, para a prestação dos serviços de Advocacia...</t>
+    <t>Contratação de escritório de advocacia, pessoa jur...</t>
   </si>
   <si>
     <t>21/02/2018</t>
   </si>
   <si>
     <t>336.666,60</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 022/2018</t>
   </si>
   <si>
     <t>22/2018</t>
   </si>
   <si>
     <t>Menor preço unitário</t>
   </si>
   <si>
-    <t>Contratação de empresa para fornecimento carteiras escolares, material de expediente e consumo destinado ao programa PDDE/FNDE, em conformidade com o...</t>
+    <t>Contratação de empresa para fornecimento carteiras...</t>
   </si>
   <si>
     <t>29/05/2018</t>
   </si>
   <si>
     <t>338.121,75</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 017/2018</t>
   </si>
   <si>
     <t>017/2018</t>
   </si>
   <si>
-    <t>Contratação de empresa para gerenciamento, fornecimento de material de consumo e manutenção rede de iluminação pública de vias e avenidas deste Municí...</t>
+    <t>Contratação de empresa para gerenciamento, forneci...</t>
   </si>
   <si>
     <t>17/04/2018</t>
   </si>
   <si>
     <t>437.968,96</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 008/2018</t>
   </si>
   <si>
-    <t>Contratação de pessoas físicas ou jurídicas para locação de veículos para o transporte escolar do Município, em conformidade com o Anexo I (Termo de R...</t>
+    <t>Contratação de pessoas físicas ou jurídicas para l...</t>
   </si>
   <si>
     <t>01/02/2018</t>
   </si>
   <si>
     <t>2.763.065,40</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 021/2017</t>
   </si>
   <si>
     <t>021/2017</t>
   </si>
   <si>
     <t>menor preço por Iote e maior desconto</t>
   </si>
   <si>
-    <t>A CONTRA TA cÁO DE EMPRESA ESPEIALIZADA NO FORNWIMENTO DE PEAS 5 PNEUS, PARA GARANTIR A MANUTENcAO PREVENTIVA S CORRETIVA EM VEÍCULOS AUTOMOTiVOS PAPA...</t>
+    <t>A CONTRA TA cÁO DE EMPRESA ESPEIALIZADA NO FORNWIM...</t>
   </si>
   <si>
     <t>11 de Abril de 2017.</t>
   </si>
   <si>
     <t>R$1.073.691,11</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 020/2017</t>
   </si>
   <si>
     <t>020/2017</t>
   </si>
   <si>
     <t>Menor preço por lote</t>
   </si>
   <si>
-    <t>contratação de empresas especializada em de colocação de peças e pneus, em veículos automotivos, para garantir a manutenção preventiva e corretiva dos...</t>
+    <t>contratação de empresas especializada em de coloca...</t>
   </si>
   <si>
     <t>11 do Abril do 2017</t>
   </si>
   <si>
     <t>R$ 240.109,10</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 019/2017</t>
   </si>
   <si>
     <t>019/2017</t>
   </si>
   <si>
-    <t>contratação de empresa para fornecimento de medicamentos, correlatos em conformidade com a portaria nº 1.138, de 22 de Dezembro de 2016 bem como com o...</t>
+    <t>contratação de empresa para fornecimento de medica...</t>
   </si>
   <si>
     <t>13 de Março de 2017</t>
   </si>
   <si>
     <t>R$ 225.765,85</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 018/2017</t>
   </si>
   <si>
     <t>018/2017</t>
   </si>
   <si>
-    <t>Contratação de empresa para a aquisição de material de consumo, equipamentos, e materiais permanentes, em conformidade com a (Portaria nº 2.727, de 15...</t>
+    <t>Contratação de empresa para a aquisição de materia...</t>
   </si>
   <si>
     <t>21 de Março de 2017.</t>
   </si>
   <si>
     <t>R$: 490.887,54</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 017/2017</t>
   </si>
   <si>
     <t>017/2017</t>
   </si>
   <si>
-    <t>contrataçã de pessoas físicas ou juridicas para prestação de serviços de capacitação profissional dos dorcentes da rede Municipal</t>
+    <t>contrataçã de pessoas físicas ou juridicas para pr...</t>
   </si>
   <si>
     <t>19 de Março de 2017</t>
   </si>
   <si>
     <t>R$ 283.000,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 016/2017</t>
   </si>
   <si>
     <t>016/2017</t>
   </si>
   <si>
-    <t>contração de empresa para fornecimento de material de consumo, expediente, higiene e destinados ao programa Brasil carinhoso do Município</t>
+    <t>contração de empresa para fornecimento de material...</t>
   </si>
   <si>
     <t>20 Março de 2017</t>
   </si>
   <si>
     <t>R$: 66.996,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 015/2017</t>
   </si>
   <si>
     <t>015/2017</t>
   </si>
   <si>
-    <t>contração de empresa para fornecer material de expediente, destinados ao programa PDDE/FNDE do Município</t>
+    <t>contração de empresa para fornecer material de exp...</t>
   </si>
   <si>
     <t>22 Março de 2017</t>
   </si>
   <si>
     <t>17.994,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 014/2017</t>
   </si>
   <si>
     <t>014/2017</t>
   </si>
   <si>
-    <t>aquisição de equipamentos hospitalares e 01 veículo pick – up cabine dupla 4x4 Diesel, para atender as necessidades da Secretaria Municipal de Saúde d...</t>
+    <t>aquisição de equipamentos hospitalares e 01 veícul...</t>
   </si>
   <si>
     <t>21 de Março de 2017</t>
   </si>
   <si>
     <t>R$ 517.200,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 013/2017</t>
   </si>
   <si>
     <t>013/2017</t>
   </si>
   <si>
-    <t>Contratação de empresa para prestação de serviços em Plantões Médicos, em conformidade com Anexo I (Termo de Referencia);</t>
+    <t>Contratação de empresa para prestação de serviços...</t>
   </si>
   <si>
     <t>22 de Março de 2017</t>
   </si>
   <si>
     <t>R$ 959.152,93</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 012/2017</t>
   </si>
   <si>
     <t>012/2017</t>
   </si>
   <si>
-    <t>contratação do empresa do ramo do serviços técnicos especializados para apoio so gerenciamento, supervisão e fiscalização das obras relativas aos cont...</t>
+    <t>contratação do empresa do ramo do serviços técnico...</t>
   </si>
   <si>
     <t>13 de Fevereiro de 2017</t>
   </si>
   <si>
     <t>R$59.873,31</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 011/2017</t>
   </si>
   <si>
     <t>011/2017</t>
   </si>
   <si>
-    <t>contratação de empresas do ramo de implantação do sistema de gestão escolar educacional PROINFO LINUX Educacional em todas as unidades escolares do mu...</t>
+    <t>contratação de empresas do ramo de implantação do...</t>
   </si>
   <si>
     <t>17 de Fevereiro de 2017</t>
   </si>
   <si>
     <t>R$ 200.300,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 029/2018</t>
   </si>
   <si>
     <t>029/2018</t>
   </si>
   <si>
     <t>MENOR PREÇO UNITÁRIO POR LOTE</t>
   </si>
   <si>
-    <t>Contratação de empresa para fornecimento material de consumo, odontológicos, medicamentos e outros para Secretaria Municipal de Saúde, e Fundo Municip...</t>
+    <t>Contratação de empresa para fornecimento material...</t>
   </si>
   <si>
     <t>20 de Junho de 2018.</t>
   </si>
   <si>
     <t>R$ 1.973.048,99</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 028/2018</t>
   </si>
   <si>
     <t>028/2018</t>
   </si>
   <si>
-    <t>Contratação de empresa para prestação de serviços em manutenção preventiva e corretiva (com substituição de peças) em bombas, bombeadores e painéis de...</t>
-[...1 lines deleted...]
-  <si>
     <t>R$: 211.086,50</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 027/2018</t>
   </si>
   <si>
     <t>027/2018</t>
   </si>
   <si>
     <t>MENOR PREÇO UNITÁRIO POR ITEM</t>
   </si>
   <si>
-    <t>Contratação de empresa para fornecimento de de insumos, medicamentos e outros para Secretaria Municipal de Saúde, e Fundo Municipal</t>
+    <t>Contratação de empresa para fornecimento de de ins...</t>
   </si>
   <si>
     <t>11 de Junho de 2018</t>
   </si>
   <si>
     <t>R$ 431.475,43</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 026/2018</t>
   </si>
   <si>
     <t>026/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas especializadas em vendas e de confecção de roupas, tecidos, vestuários, acessórios, matérias de consumo e uso publicitários pa...</t>
+    <t>Contratação de empresas especializadas em vendas e...</t>
   </si>
   <si>
     <t>R$: 217.177,10</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 025/2018</t>
   </si>
   <si>
     <t>025/2018</t>
   </si>
   <si>
     <t>menor preço por lote</t>
   </si>
   <si>
-    <t>Contratação de empresas especializada em fornecimento de peças e pneus e serviços de colocação de peças e pneus, em veículos automotivos, para garanti...</t>
+    <t>Contratação de empresas especializada em fornecime...</t>
   </si>
   <si>
     <t>21 de Junho de 2018.</t>
   </si>
   <si>
     <t>R$: 1.237.663,39</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 024/2018</t>
   </si>
   <si>
     <t>024/2018</t>
   </si>
   <si>
     <t>06 de Junho de 2018.</t>
   </si>
   <si>
     <t>R$ 409.207,29</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 023/2018</t>
   </si>
   <si>
     <t>023/2018</t>
   </si>
   <si>
     <t>MENOR PREÇO POR PRESTAÇÃO DOS SERVIÇOS</t>
   </si>
   <si>
-    <t>Contratação de empresa para realização da Festa Junina 2018, do município de Sítio Novo - MA</t>
+    <t>Contratação de empresa para realização da Festa Ju...</t>
   </si>
   <si>
     <t>04 de Junho de 2018</t>
   </si>
   <si>
     <t>R$: 154.500,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 021/2018</t>
   </si>
   <si>
     <t>021/2018</t>
   </si>
   <si>
     <t>Contratação de Serviços Laboratoriais</t>
   </si>
   <si>
     <t>22 de Maio 2018</t>
   </si>
   <si>
     <t>R$: 264.241,10</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 020/2018</t>
   </si>
   <si>
     <t>020/2018</t>
   </si>
   <si>
-    <t>Aquisição de insumos, medicamentos e outros para Secretaria Municipal de Saúde, e Fundo Municipal</t>
+    <t>Aquisição de insumos, medicamentos e outros para S...</t>
   </si>
   <si>
     <t>17 de Abril de 2018.</t>
   </si>
   <si>
     <t>R$: 402.763,86</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 019/2018</t>
   </si>
   <si>
     <t>019/2018</t>
   </si>
   <si>
-    <t>contratação de empresa para gerenciamento, fornecimento de material de consumo e manutenção rede de iluminação pública de vias e avenidas deste Municí...</t>
+    <t>contratação de empresa para gerenciamento, forneci...</t>
   </si>
   <si>
     <t>R$ R$: 437.968,96</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 018/2018</t>
   </si>
   <si>
     <t>018/2018</t>
   </si>
   <si>
     <t>MENOR PREÇO POR ITEMMENOR PREÇO POR PRESTAÇÃO DOS SERVIÇOS,</t>
   </si>
   <si>
-    <t>Contratação de empresa produtora de eventos para produção da festa das mães, de conformidade com as especificações constantes do Anexo I, parte integr...</t>
-[...1 lines deleted...]
-  <si>
     <t>19 de Abril de 2018.</t>
   </si>
   <si>
     <t>R$: 99.058,68</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 016/2018</t>
   </si>
   <si>
     <t>016/2018</t>
   </si>
   <si>
-    <t>Contratação de pessoa física ou jurídica para fazer assessoria e consultoria para o fundo Municipal de Saúde do Município, em conformidade com o Anexo...</t>
-[...1 lines deleted...]
-  <si>
     <t>03 de Abril 2018.</t>
   </si>
   <si>
     <t>R$: 104.000,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 014/2018</t>
   </si>
   <si>
     <t>014/2018</t>
   </si>
   <si>
-    <t>contratação de empresas do ramo, para execução de obra de reforma, através de empreitada menor preço unitário por lote, para reformar o Mult – Atendim...</t>
+    <t>contratação de empresas do ramo, para execução de...</t>
   </si>
   <si>
     <t>22/02/2018</t>
   </si>
   <si>
     <t>R$: 129.388,42</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 013/2018</t>
   </si>
   <si>
     <t>013/2018</t>
   </si>
   <si>
-    <t>Aquisição de material de consumo, materiais gráficos e outros para atender a Secretaria Municipal de Saúde e Fundo Municipal de Saúde do Município de...</t>
+    <t>Aquisição de material de consumo, materiais gráfic...</t>
   </si>
   <si>
     <t>23 de Fevereiro de 2018.</t>
   </si>
   <si>
     <t>R$: 500.000,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 012/2018</t>
   </si>
   <si>
     <t>012/2018</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA EM SERVIÇOS DE TELECOMUNICAÇÃO PARA FORNECIMENTO DE LINK DEDICADO À INTERNET COM ALTA DISPONIBILIDADE, COM VELOCIDAD...</t>
+    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA EM SERVIÇOS DE T...</t>
   </si>
   <si>
     <t>23 de Fevereiro de 2018</t>
   </si>
   <si>
     <t>R$: 162.810,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 011/2018</t>
   </si>
   <si>
     <t>011/2018</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em serviços de locação de veículos e maquinas pesada, para atender a administração em geral do Município em confo...</t>
-[...1 lines deleted...]
-  <si>
     <t>R$: 1.093.119,94</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 010/2018</t>
   </si>
   <si>
     <t>010/2018</t>
   </si>
   <si>
-    <t>Contratação de empresa para a prestação de serviço de transporte de estudantes da rede municipal e estadual de ensino a ser realizado em veículo própr...</t>
-[...1 lines deleted...]
-  <si>
     <t>21 DE FEVEREIRO DE 2018</t>
   </si>
   <si>
     <t>R$: 2.763.065,40</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 009/2018</t>
   </si>
   <si>
     <t>009/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo de fornecimento de Gás de Cozinha tipo GLP e água mineral para atender as diversas secretarias do município de Sítio N...</t>
+    <t>Contratação de empresas do ramo de fornecimento de...</t>
   </si>
   <si>
     <t>13 de Fevereiro de 2018.</t>
   </si>
   <si>
     <t>R$ 60.435,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 007/2018</t>
   </si>
   <si>
     <t>MENOR PREÇO UNITÁRIO</t>
   </si>
   <si>
-    <t>contratação de empresa do ramo de serviços técnicos especializados e serviços de consultoria em contabilidade para apoio ao gerenciamento, supervisão,...</t>
+    <t>contratação de empresa do ramo de serviços técnico...</t>
   </si>
   <si>
     <t>17 de Janeiro 2018.</t>
   </si>
   <si>
     <t>R$: 189.600,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 006/2018</t>
   </si>
   <si>
-    <t>Contratação de Empresa do Ramo de Fornecimento de Merenda Escolar conforme especificações e quantidades determinadas no Anexo I deste edital (Termo de...</t>
+    <t>Contratação de Empresa do Ramo de Fornecimento de...</t>
   </si>
   <si>
     <t>15 DE JANEIRO DE 2018</t>
   </si>
   <si>
     <t>R$: 1.189.519,20</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 005/2018</t>
   </si>
   <si>
     <t>MENOR PREÇO POR ITEM,</t>
   </si>
   <si>
-    <t>Contratação de empresa do ramo de serviços técnicos especializados para apoio ao gerenciamento, supervisão e fiscalização das obras relativas aos cont...</t>
+    <t>Contratação de empresa do ramo de serviços técnico...</t>
   </si>
   <si>
     <t>16 de Janeiro de 2018.</t>
   </si>
   <si>
     <t>R$: 85.502,60</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 004/2018</t>
   </si>
   <si>
     <t>10 de Janeiro de 2018.</t>
   </si>
   <si>
     <t>R$ 1.185.360,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 003/2018</t>
   </si>
   <si>
-    <t>contratação de empresas para fazer serviços gráficos para atender à Administração em Geral, Fundo Municipal de Saúde, Fundo de Assistência Social e FU...</t>
+    <t>contratação de empresas para fazer serviços gráfic...</t>
   </si>
   <si>
     <t>R$ 1.385.259,50</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 002/2018</t>
   </si>
   <si>
-    <t>Contratação de empresas do ramo, para execução de obras e aquisição de materiais de consumo, através de empreitada menor preço unitário por lote, para...</t>
+    <t>Contratação de empresas do ramo, para execução de...</t>
   </si>
   <si>
     <t>R$: 404.296,39</t>
   </si>
   <si>
     <t>TOMADA DE PREÇO 001/2017</t>
   </si>
   <si>
     <t>001/2017</t>
   </si>
   <si>
-    <t>Contratação de empresa do ramo pare fazer melhoramento cia estradas vicinais do Município, em conformidade com o anexo "I" projeto básico</t>
+    <t>Contratação de empresa do ramo pare fazer melhoram...</t>
   </si>
   <si>
     <t>07 de Fevereiro cia 2017, as 08:20h</t>
   </si>
   <si>
     <t>R$ 1 078 200,95</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 001/2018</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOAS FÍSICAS OU JURÍDICAS PARA REALIZAÇÃO E ORGANIZAÇÃO DO CARNAVAL 2018 NO MUNICÍPIO DE SÍTIO NOVO - MA, CONFORME ESPECIFICAÇÕES E...</t>
+    <t>CONTRATAÇÃO DE PESSOAS FÍSICAS OU JURÍDICAS PARA R...</t>
   </si>
   <si>
     <t>04/01/2018</t>
   </si>
   <si>
     <t>R$: 163.333,36</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 045/2017</t>
   </si>
   <si>
     <t>045/2017</t>
   </si>
   <si>
-    <t>LOCAÇÃO DE SISTEMA INFORMATIZADO E INTEGRADO DE GESTÃO PÚBLICA, BEM COMO A MANUTENÇÃO ADAPTATIVA E EVOLUTIVA, POR MEIO DE EMPRESA ESPECIALIZADA EM TEC...</t>
+    <t>LOCAÇÃO DE SISTEMA INFORMATIZADO E INTEGRADO DE GE...</t>
   </si>
   <si>
     <t>27/12/2017</t>
   </si>
   <si>
     <t>R$: 49200,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 044/2017</t>
   </si>
   <si>
     <t>044/2017</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO E GÊNEROS ALIMENTÍCIOS PARA ATENDER Á ADMINISTRAÇÃO EM GERAL, FUNDO MUNICIPAL DE SAÚDE, FMAS E FUNDEB – 40%, MUNICÍP...</t>
+    <t>AQUISIÇÃO DE MATERIAIS DE CONSUMO E GÊNEROS ALIMEN...</t>
   </si>
   <si>
     <t>R$: 537.422,05</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 043/2017</t>
   </si>
   <si>
     <t>043/2017</t>
   </si>
   <si>
-    <t>AQUISIÇÃO MATERIAL DE CONSUMO, EXPEDIENTE, LIMPEZA, DIDÁTICOS E OUTROS PARA ATENDER Á ADMINISTRAÇÃO EM GERAL, FUNDO MUNICIPAL DE SAÚDE, FMAS E FUNDEB...</t>
+    <t>AQUISIÇÃO MATERIAL DE CONSUMO, EXPEDIENTE, LIMPEZA...</t>
   </si>
   <si>
     <t>26/12/2017</t>
   </si>
   <si>
     <t>R$: 1.174.849,59</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL 042/2017</t>
   </si>
   <si>
     <t>042/2017</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE COMBUSTÍVEIS E LUBRIFICANTES AUTOMOTIVOS</t>
+    <t>AQUISIÇÃO DE COMBUSTÍVEIS E LUBRIFICANTES AUTOMOTI...</t>
   </si>
   <si>
     <t>22/12/2017</t>
   </si>
   <si>
     <t>R$: 1.515.531,80</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -5152,10681 +5107,11261 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I367"/>
+  <dimension ref="A1:I387"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I367" sqref="I367"/>
+      <selection activeCell="I387" sqref="I387"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>377</v>
+        <v>397</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>376</v>
+        <v>396</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>375</v>
+        <v>395</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="G4" t="s">
+      <c r="H4" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>374</v>
+        <v>394</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>373</v>
+        <v>393</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>372</v>
+        <v>392</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>371</v>
+        <v>391</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>370</v>
+        <v>390</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="G9" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>369</v>
+        <v>389</v>
       </c>
       <c r="B10" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="G10" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H10" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>368</v>
+        <v>388</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
+        <v>57</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11" t="s">
+        <v>59</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>367</v>
+        <v>387</v>
       </c>
       <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E12" t="s">
         <v>63</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>64</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>65</v>
       </c>
-      <c r="G12" t="s">
+      <c r="H12" t="s">
+        <v>59</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>366</v>
+        <v>386</v>
       </c>
       <c r="B13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" t="s">
         <v>68</v>
       </c>
-      <c r="C13" t="s">
-[...8 lines deleted...]
-      <c r="F13" t="s">
+      <c r="G13" t="s">
         <v>69</v>
       </c>
-      <c r="G13" t="s">
+      <c r="H13" t="s">
+        <v>59</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>365</v>
+        <v>385</v>
       </c>
       <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
         <v>72</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" t="s">
         <v>73</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14" t="s">
         <v>74</v>
       </c>
-      <c r="F14" t="s">
+      <c r="H14" t="s">
+        <v>59</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>364</v>
+        <v>384</v>
       </c>
       <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
         <v>78</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="G15" t="s">
         <v>79</v>
       </c>
-      <c r="E15" t="s">
+      <c r="H15" t="s">
+        <v>59</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>363</v>
+        <v>383</v>
       </c>
       <c r="B16" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="D16" t="s">
+        <v>56</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" t="s">
         <v>79</v>
       </c>
-      <c r="E16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H16" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>362</v>
+        <v>382</v>
       </c>
       <c r="B17" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="C17" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E17" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="F17" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="G17" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="H17" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>361</v>
+        <v>381</v>
       </c>
       <c r="B18" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>93</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="G18" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="H18" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>360</v>
+        <v>380</v>
       </c>
       <c r="B19" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="G19" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="H19" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>359</v>
+        <v>379</v>
       </c>
       <c r="B20" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>103</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="G20" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="H20" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>358</v>
+        <v>378</v>
       </c>
       <c r="B21" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>103</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="G21" t="s">
-        <v>108</v>
+        <v>79</v>
       </c>
       <c r="H21" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>357</v>
+        <v>377</v>
       </c>
       <c r="B22" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>100</v>
+      </c>
+      <c r="G22" t="s">
+        <v>101</v>
+      </c>
+      <c r="H22" t="s">
+        <v>102</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>103</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>356</v>
+        <v>376</v>
       </c>
       <c r="B23" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="C23" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="H23" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>355</v>
+        <v>375</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="C24" t="s">
-        <v>51</v>
+        <v>108</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="G24" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="H24" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>354</v>
+        <v>374</v>
       </c>
       <c r="B25" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="C25" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="D25" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>124</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="G25" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="H25" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="B26" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="C26" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>129</v>
+        <v>33</v>
       </c>
       <c r="G26" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="H26" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>352</v>
+        <v>372</v>
       </c>
       <c r="B27" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="C27" t="s">
-        <v>133</v>
+        <v>55</v>
       </c>
       <c r="D27" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="E27" t="s">
-        <v>134</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="G27" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="H27" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>351</v>
+        <v>371</v>
       </c>
       <c r="B28" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="C28" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="D28" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="E28" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="G28" t="s">
-        <v>136</v>
+        <v>125</v>
       </c>
       <c r="H28" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="B29" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="C29" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E29" t="s">
-        <v>143</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>145</v>
+        <v>117</v>
       </c>
       <c r="H29" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>146</v>
+        <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>349</v>
+        <v>369</v>
       </c>
       <c r="B30" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="C30" t="s">
-        <v>123</v>
+        <v>51</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>148</v>
+        <v>33</v>
       </c>
       <c r="G30" t="s">
-        <v>149</v>
+        <v>131</v>
       </c>
       <c r="H30" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>348</v>
+        <v>368</v>
       </c>
       <c r="B31" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="C31" t="s">
-        <v>123</v>
+        <v>41</v>
       </c>
       <c r="D31" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E31" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>152</v>
+        <v>93</v>
       </c>
       <c r="G31" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="H31" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>347</v>
+        <v>367</v>
       </c>
       <c r="B32" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="C32" t="s">
-        <v>133</v>
+        <v>55</v>
       </c>
       <c r="D32" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>98</v>
+        <v>63</v>
       </c>
       <c r="F32" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="G32" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="H32" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>346</v>
+        <v>366</v>
       </c>
       <c r="B33" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="C33" t="s">
-        <v>133</v>
+        <v>77</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>103</v>
+        <v>63</v>
       </c>
       <c r="F33" t="s">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="G33" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="H33" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>345</v>
+        <v>365</v>
       </c>
       <c r="B34" t="s">
-        <v>163</v>
+        <v>143</v>
       </c>
       <c r="C34" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="D34" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="E34" t="s">
-        <v>98</v>
+        <v>144</v>
       </c>
       <c r="F34" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="G34" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="H34" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>166</v>
+        <v>147</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>344</v>
+        <v>364</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>148</v>
       </c>
       <c r="C35" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D35" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E35" t="s">
-        <v>85</v>
+        <v>149</v>
       </c>
       <c r="F35" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="G35" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="H35" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>343</v>
+        <v>363</v>
       </c>
       <c r="B36" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
       <c r="C36" t="s">
-        <v>139</v>
+        <v>46</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E36" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F36" t="s">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="G36" t="s">
-        <v>173</v>
+        <v>155</v>
       </c>
       <c r="H36" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>174</v>
+        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="B37" t="s">
-        <v>175</v>
+        <v>157</v>
       </c>
       <c r="C37" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="D37" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="E37" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F37" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="G37" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="H37" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>341</v>
+        <v>361</v>
       </c>
       <c r="B38" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="C38" t="s">
-        <v>180</v>
+        <v>55</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="E38" t="s">
-        <v>85</v>
+        <v>160</v>
       </c>
       <c r="F38" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
       <c r="G38" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="H38" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>182</v>
+        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>340</v>
+        <v>360</v>
       </c>
       <c r="B39" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="C39" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="D39" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F39" t="s">
-        <v>184</v>
+        <v>33</v>
       </c>
       <c r="G39" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="H39" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>186</v>
+        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>339</v>
+        <v>359</v>
       </c>
       <c r="B40" t="s">
-        <v>187</v>
+        <v>168</v>
       </c>
       <c r="C40" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D40" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E40" t="s">
-        <v>85</v>
+        <v>169</v>
       </c>
       <c r="F40" t="s">
-        <v>188</v>
+        <v>93</v>
       </c>
       <c r="G40" t="s">
-        <v>189</v>
+        <v>155</v>
       </c>
       <c r="H40" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>338</v>
+        <v>358</v>
       </c>
       <c r="B41" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="C41" t="s">
-        <v>123</v>
+        <v>51</v>
       </c>
       <c r="D41" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E41" t="s">
-        <v>85</v>
+        <v>169</v>
       </c>
       <c r="F41" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>189</v>
+        <v>172</v>
       </c>
       <c r="H41" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>193</v>
+        <v>173</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>337</v>
+        <v>357</v>
       </c>
       <c r="B42" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="C42" t="s">
-        <v>133</v>
+        <v>55</v>
       </c>
       <c r="D42" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E42" t="s">
-        <v>85</v>
+        <v>169</v>
       </c>
       <c r="F42" t="s">
-        <v>195</v>
+        <v>93</v>
       </c>
       <c r="G42" t="s">
-        <v>189</v>
+        <v>166</v>
       </c>
       <c r="H42" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>336</v>
+        <v>356</v>
       </c>
       <c r="B43" t="s">
-        <v>197</v>
+        <v>176</v>
       </c>
       <c r="C43" t="s">
-        <v>139</v>
+        <v>77</v>
       </c>
       <c r="D43" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E43" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F43" t="s">
-        <v>198</v>
+        <v>177</v>
       </c>
       <c r="G43" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="H43" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>335</v>
+        <v>355</v>
       </c>
       <c r="B44" t="s">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="C44" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="D44" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E44" t="s">
-        <v>85</v>
+        <v>181</v>
       </c>
       <c r="F44" t="s">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="G44" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="H44" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>203</v>
+        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>334</v>
+        <v>354</v>
       </c>
       <c r="B45" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="C45" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="D45" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>85</v>
+        <v>187</v>
       </c>
       <c r="F45" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="G45" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="H45" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>333</v>
+        <v>353</v>
       </c>
       <c r="B46" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="C46" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="D46" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="E46" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="F46" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="G46" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="H46" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>332</v>
+        <v>352</v>
       </c>
       <c r="B47" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="C47" t="s">
-        <v>24</v>
+        <v>196</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="E47" t="s">
-        <v>98</v>
+        <v>197</v>
       </c>
       <c r="F47" t="s">
-        <v>212</v>
+        <v>57</v>
       </c>
       <c r="G47" t="s">
-        <v>213</v>
+        <v>198</v>
       </c>
       <c r="H47" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>214</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>331</v>
+        <v>351</v>
       </c>
       <c r="B48" t="s">
-        <v>215</v>
+        <v>200</v>
       </c>
       <c r="C48" t="s">
-        <v>216</v>
+        <v>201</v>
       </c>
       <c r="D48" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="E48" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F48" t="s">
-        <v>217</v>
+        <v>202</v>
       </c>
       <c r="G48" t="s">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="H48" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="B49" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="C49" t="s">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="D49" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>98</v>
+        <v>205</v>
       </c>
       <c r="F49" t="s">
-        <v>221</v>
+        <v>188</v>
       </c>
       <c r="G49" t="s">
-        <v>169</v>
+        <v>206</v>
       </c>
       <c r="H49" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>222</v>
+        <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>329</v>
+        <v>349</v>
       </c>
       <c r="B50" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="C50" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="D50" t="s">
-        <v>224</v>
+        <v>19</v>
       </c>
       <c r="E50" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F50" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="G50" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="H50" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>328</v>
+        <v>348</v>
       </c>
       <c r="B51" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="C51" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E51" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F51" t="s">
-        <v>229</v>
+        <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="H51" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>327</v>
+        <v>347</v>
       </c>
       <c r="B52" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="C52" t="s">
-        <v>139</v>
+        <v>196</v>
       </c>
       <c r="D52" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E52" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F52" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="G52" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="H52" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>326</v>
+        <v>346</v>
       </c>
       <c r="B53" t="s">
-        <v>23</v>
+        <v>219</v>
       </c>
       <c r="C53" t="s">
-        <v>24</v>
+        <v>196</v>
       </c>
       <c r="D53" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E53" t="s">
-        <v>98</v>
+        <v>169</v>
       </c>
       <c r="F53" t="s">
-        <v>236</v>
+        <v>93</v>
       </c>
       <c r="G53" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="H53" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>325</v>
+        <v>345</v>
       </c>
       <c r="B54" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="C54" t="s">
-        <v>180</v>
+        <v>201</v>
       </c>
       <c r="D54" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E54" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F54" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="G54" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="H54" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>324</v>
+        <v>344</v>
       </c>
       <c r="B55" t="s">
-        <v>242</v>
+        <v>226</v>
       </c>
       <c r="C55" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="D55" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E55" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F55" t="s">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="G55" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="H55" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>246</v>
+        <v>229</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>323</v>
+        <v>343</v>
       </c>
       <c r="B56" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="C56" t="s">
-        <v>248</v>
+        <v>201</v>
       </c>
       <c r="D56" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E56" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F56" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="G56" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="H56" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>91</v>
+        <v>233</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>321</v>
+        <v>342</v>
       </c>
       <c r="B57" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="C57" t="s">
-        <v>251</v>
+        <v>108</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="E57" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F57" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G57" t="s">
-        <v>253</v>
+        <v>236</v>
       </c>
       <c r="H57" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>254</v>
+        <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>320</v>
+        <v>341</v>
       </c>
       <c r="B58" t="s">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="C58" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="E58" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F58" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="G58" t="s">
-        <v>258</v>
+        <v>193</v>
       </c>
       <c r="H58" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>259</v>
+        <v>241</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>319</v>
+        <v>340</v>
       </c>
       <c r="B59" t="s">
-        <v>260</v>
+        <v>242</v>
       </c>
       <c r="C59" t="s">
-        <v>261</v>
+        <v>108</v>
       </c>
       <c r="D59" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="E59" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F59" t="s">
-        <v>262</v>
+        <v>120</v>
       </c>
       <c r="G59" t="s">
-        <v>263</v>
+        <v>243</v>
       </c>
       <c r="H59" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>264</v>
+        <v>244</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="B60" t="s">
-        <v>265</v>
+        <v>245</v>
       </c>
       <c r="C60" t="s">
-        <v>266</v>
+        <v>128</v>
       </c>
       <c r="D60" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E60" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F60" t="s">
-        <v>267</v>
+        <v>82</v>
       </c>
       <c r="G60" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="H60" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>317</v>
+        <v>338</v>
       </c>
       <c r="B61" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="C61" t="s">
-        <v>270</v>
+        <v>186</v>
       </c>
       <c r="D61" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E61" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F61" t="s">
-        <v>271</v>
+        <v>82</v>
       </c>
       <c r="G61" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="H61" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>272</v>
+        <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>316</v>
+        <v>337</v>
       </c>
       <c r="B62" t="s">
-        <v>273</v>
+        <v>250</v>
       </c>
       <c r="C62" t="s">
-        <v>274</v>
+        <v>196</v>
       </c>
       <c r="D62" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E62" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F62" t="s">
-        <v>275</v>
+        <v>82</v>
       </c>
       <c r="G62" t="s">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="H62" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>276</v>
+        <v>251</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>315</v>
+        <v>336</v>
       </c>
       <c r="B63" t="s">
-        <v>277</v>
+        <v>252</v>
       </c>
       <c r="C63" t="s">
-        <v>278</v>
+        <v>201</v>
       </c>
       <c r="D63" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E63" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F63" t="s">
-        <v>279</v>
+        <v>253</v>
       </c>
       <c r="G63" t="s">
-        <v>280</v>
+        <v>246</v>
       </c>
       <c r="H63" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>281</v>
+        <v>254</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>314</v>
+        <v>335</v>
       </c>
       <c r="B64" t="s">
-        <v>282</v>
+        <v>255</v>
       </c>
       <c r="C64" t="s">
-        <v>283</v>
+        <v>108</v>
       </c>
       <c r="D64" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E64" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F64" t="s">
-        <v>284</v>
+        <v>227</v>
       </c>
       <c r="G64" t="s">
-        <v>280</v>
+        <v>256</v>
       </c>
       <c r="H64" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>285</v>
+        <v>257</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>313</v>
+        <v>334</v>
       </c>
       <c r="B65" t="s">
-        <v>286</v>
+        <v>258</v>
       </c>
       <c r="C65" t="s">
-        <v>287</v>
+        <v>239</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E65" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F65" t="s">
-        <v>288</v>
+        <v>73</v>
       </c>
       <c r="G65" t="s">
-        <v>289</v>
+        <v>259</v>
       </c>
       <c r="H65" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>312</v>
+        <v>333</v>
       </c>
       <c r="B66" t="s">
-        <v>291</v>
+        <v>261</v>
       </c>
       <c r="C66" t="s">
-        <v>292</v>
+        <v>239</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>293</v>
+        <v>205</v>
       </c>
       <c r="F66" t="s">
-        <v>294</v>
+        <v>262</v>
       </c>
       <c r="G66" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="H66" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>295</v>
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>311</v>
+        <v>332</v>
       </c>
       <c r="B67" t="s">
-        <v>296</v>
+        <v>264</v>
       </c>
       <c r="C67" t="s">
-        <v>287</v>
+        <v>108</v>
       </c>
       <c r="D67" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E67" t="s">
-        <v>297</v>
+        <v>165</v>
       </c>
       <c r="F67" t="s">
-        <v>298</v>
+        <v>85</v>
       </c>
       <c r="G67" t="s">
-        <v>299</v>
+        <v>265</v>
       </c>
       <c r="H67" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>300</v>
+        <v>266</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>310</v>
+        <v>331</v>
       </c>
       <c r="B68" t="s">
-        <v>301</v>
+        <v>267</v>
       </c>
       <c r="C68" t="s">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="D68" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E68" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F68" t="s">
-        <v>303</v>
+        <v>68</v>
       </c>
       <c r="G68" t="s">
-        <v>304</v>
+        <v>269</v>
       </c>
       <c r="H68" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>309</v>
+        <v>330</v>
       </c>
       <c r="B69" t="s">
-        <v>306</v>
+        <v>271</v>
       </c>
       <c r="C69" t="s">
-        <v>307</v>
+        <v>239</v>
       </c>
       <c r="D69" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="E69" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F69" t="s">
-        <v>308</v>
+        <v>124</v>
       </c>
       <c r="G69" t="s">
-        <v>309</v>
+        <v>228</v>
       </c>
       <c r="H69" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>310</v>
+        <v>272</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>308</v>
+        <v>329</v>
       </c>
       <c r="B70" t="s">
-        <v>311</v>
+        <v>273</v>
       </c>
       <c r="C70" t="s">
-        <v>312</v>
+        <v>239</v>
       </c>
       <c r="D70" t="s">
-        <v>79</v>
+        <v>274</v>
       </c>
       <c r="E70" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F70" t="s">
-        <v>313</v>
+        <v>275</v>
       </c>
       <c r="G70" t="s">
-        <v>314</v>
+        <v>276</v>
       </c>
       <c r="H70" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>315</v>
+        <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>307</v>
+        <v>328</v>
       </c>
       <c r="B71" t="s">
-        <v>316</v>
+        <v>278</v>
       </c>
       <c r="C71" t="s">
-        <v>292</v>
+        <v>239</v>
       </c>
       <c r="D71" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E71" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F71" t="s">
-        <v>317</v>
+        <v>100</v>
       </c>
       <c r="G71" t="s">
-        <v>318</v>
+        <v>279</v>
       </c>
       <c r="H71" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>319</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>306</v>
+        <v>327</v>
       </c>
       <c r="B72" t="s">
-        <v>320</v>
+        <v>281</v>
       </c>
       <c r="C72" t="s">
-        <v>321</v>
+        <v>201</v>
       </c>
       <c r="D72" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F72" t="s">
-        <v>322</v>
+        <v>282</v>
       </c>
       <c r="G72" t="s">
-        <v>318</v>
+        <v>283</v>
       </c>
       <c r="H72" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>323</v>
+        <v>284</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>305</v>
+        <v>326</v>
       </c>
       <c r="B73" t="s">
-        <v>324</v>
+        <v>107</v>
       </c>
       <c r="C73" t="s">
-        <v>292</v>
+        <v>108</v>
       </c>
       <c r="D73" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>293</v>
+        <v>165</v>
       </c>
       <c r="F73" t="s">
-        <v>325</v>
+        <v>285</v>
       </c>
       <c r="G73" t="s">
-        <v>326</v>
+        <v>286</v>
       </c>
       <c r="H73" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>327</v>
+        <v>287</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>304</v>
+        <v>325</v>
       </c>
       <c r="B74" t="s">
-        <v>328</v>
+        <v>288</v>
       </c>
       <c r="C74" t="s">
-        <v>321</v>
+        <v>239</v>
       </c>
       <c r="D74" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F74" t="s">
-        <v>329</v>
+        <v>113</v>
       </c>
       <c r="G74" t="s">
-        <v>330</v>
+        <v>286</v>
       </c>
       <c r="H74" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>331</v>
+        <v>289</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>303</v>
+        <v>324</v>
       </c>
       <c r="B75" t="s">
-        <v>332</v>
+        <v>290</v>
       </c>
       <c r="C75" t="s">
-        <v>333</v>
+        <v>291</v>
       </c>
       <c r="D75" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="E75" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F75" t="s">
-        <v>334</v>
+        <v>292</v>
       </c>
       <c r="G75" t="s">
-        <v>335</v>
+        <v>293</v>
       </c>
       <c r="H75" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>336</v>
+        <v>83</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>302</v>
+        <v>323</v>
       </c>
       <c r="B76" t="s">
-        <v>337</v>
+        <v>294</v>
       </c>
       <c r="C76" t="s">
-        <v>321</v>
+        <v>295</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E76" t="s">
+        <v>154</v>
+      </c>
+      <c r="F76" t="s">
+        <v>296</v>
+      </c>
+      <c r="G76" t="s">
         <v>293</v>
       </c>
-      <c r="F76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H76" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>339</v>
+        <v>158</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>301</v>
+        <v>321</v>
       </c>
       <c r="B77" t="s">
-        <v>340</v>
+        <v>297</v>
       </c>
       <c r="C77" t="s">
-        <v>341</v>
+        <v>298</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E77" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F77" t="s">
-        <v>342</v>
+        <v>89</v>
       </c>
       <c r="G77" t="s">
-        <v>343</v>
+        <v>299</v>
       </c>
       <c r="H77" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>344</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>300</v>
+        <v>320</v>
       </c>
       <c r="B78" t="s">
-        <v>345</v>
+        <v>301</v>
       </c>
       <c r="C78" t="s">
-        <v>341</v>
+        <v>302</v>
       </c>
       <c r="D78" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E78" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F78" t="s">
-        <v>346</v>
+        <v>303</v>
       </c>
       <c r="G78" t="s">
-        <v>347</v>
+        <v>304</v>
       </c>
       <c r="H78" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>348</v>
+        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>299</v>
+        <v>319</v>
       </c>
       <c r="B79" t="s">
-        <v>349</v>
+        <v>306</v>
       </c>
       <c r="C79" t="s">
-        <v>350</v>
+        <v>307</v>
       </c>
       <c r="D79" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="E79" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F79" t="s">
-        <v>351</v>
+        <v>308</v>
       </c>
       <c r="G79" t="s">
-        <v>352</v>
+        <v>309</v>
       </c>
       <c r="H79" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>353</v>
+        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>298</v>
+        <v>318</v>
       </c>
       <c r="B80" t="s">
-        <v>354</v>
+        <v>311</v>
       </c>
       <c r="C80" t="s">
-        <v>350</v>
+        <v>312</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E80" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F80" t="s">
-        <v>355</v>
+        <v>313</v>
       </c>
       <c r="G80" t="s">
-        <v>356</v>
+        <v>309</v>
       </c>
       <c r="H80" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>357</v>
+        <v>314</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>297</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
-        <v>358</v>
+        <v>315</v>
       </c>
       <c r="C81" t="s">
-        <v>359</v>
+        <v>316</v>
       </c>
       <c r="D81" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="E81" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F81" t="s">
-        <v>360</v>
+        <v>317</v>
       </c>
       <c r="G81" t="s">
-        <v>361</v>
+        <v>309</v>
       </c>
       <c r="H81" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>362</v>
+        <v>318</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>296</v>
+        <v>316</v>
       </c>
       <c r="B82" t="s">
-        <v>363</v>
+        <v>319</v>
       </c>
       <c r="C82" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
       <c r="D82" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="E82" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F82" t="s">
-        <v>364</v>
+        <v>321</v>
       </c>
       <c r="G82" t="s">
-        <v>365</v>
+        <v>309</v>
       </c>
       <c r="H82" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>366</v>
+        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>295</v>
+        <v>315</v>
       </c>
       <c r="B83" t="s">
-        <v>367</v>
+        <v>323</v>
       </c>
       <c r="C83" t="s">
-        <v>359</v>
+        <v>324</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E83" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F83" t="s">
-        <v>368</v>
+        <v>325</v>
       </c>
       <c r="G83" t="s">
-        <v>369</v>
+        <v>326</v>
       </c>
       <c r="H83" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>370</v>
+        <v>327</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>294</v>
+        <v>314</v>
       </c>
       <c r="B84" t="s">
-        <v>371</v>
+        <v>328</v>
       </c>
       <c r="C84" t="s">
-        <v>216</v>
+        <v>329</v>
       </c>
       <c r="D84" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="E84" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F84" t="s">
-        <v>372</v>
+        <v>330</v>
       </c>
       <c r="G84" t="s">
-        <v>373</v>
+        <v>326</v>
       </c>
       <c r="H84" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>374</v>
+        <v>331</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>293</v>
+        <v>313</v>
       </c>
       <c r="B85" t="s">
-        <v>375</v>
+        <v>332</v>
       </c>
       <c r="C85" t="s">
-        <v>216</v>
+        <v>333</v>
       </c>
       <c r="D85" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="E85" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F85" t="s">
-        <v>376</v>
+        <v>334</v>
       </c>
       <c r="G85" t="s">
-        <v>377</v>
+        <v>335</v>
       </c>
       <c r="H85" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>378</v>
+        <v>336</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="B86" t="s">
-        <v>379</v>
+        <v>337</v>
       </c>
       <c r="C86" t="s">
-        <v>216</v>
+        <v>338</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E86" t="s">
+        <v>339</v>
+      </c>
+      <c r="F86" t="s">
+        <v>100</v>
+      </c>
+      <c r="G86" t="s">
         <v>293</v>
       </c>
-      <c r="F86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H86" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>382</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>291</v>
+        <v>311</v>
       </c>
       <c r="B87" t="s">
-        <v>383</v>
+        <v>341</v>
       </c>
       <c r="C87" t="s">
-        <v>384</v>
+        <v>333</v>
       </c>
       <c r="D87" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>85</v>
+        <v>342</v>
       </c>
       <c r="F87" t="s">
-        <v>385</v>
+        <v>343</v>
       </c>
       <c r="G87" t="s">
-        <v>386</v>
+        <v>344</v>
       </c>
       <c r="H87" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>387</v>
+        <v>345</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="B88" t="s">
-        <v>388</v>
+        <v>346</v>
       </c>
       <c r="C88" t="s">
-        <v>389</v>
+        <v>347</v>
       </c>
       <c r="D88" t="s">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="E88" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F88" t="s">
-        <v>390</v>
+        <v>348</v>
       </c>
       <c r="G88" t="s">
-        <v>391</v>
+        <v>349</v>
       </c>
       <c r="H88" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>392</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>289</v>
+        <v>309</v>
       </c>
       <c r="B89" t="s">
-        <v>393</v>
+        <v>351</v>
       </c>
       <c r="C89" t="s">
-        <v>394</v>
+        <v>352</v>
       </c>
       <c r="D89" t="s">
-        <v>395</v>
+        <v>62</v>
       </c>
       <c r="E89" t="s">
-        <v>393</v>
+        <v>154</v>
       </c>
       <c r="F89" t="s">
-        <v>393</v>
+        <v>348</v>
       </c>
       <c r="G89" t="s">
-        <v>396</v>
+        <v>353</v>
       </c>
       <c r="H89" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>397</v>
+        <v>354</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="B90" t="s">
-        <v>398</v>
+        <v>355</v>
       </c>
       <c r="C90" t="s">
-        <v>216</v>
+        <v>356</v>
       </c>
       <c r="D90" t="s">
-        <v>399</v>
+        <v>62</v>
       </c>
       <c r="E90" t="s">
-        <v>398</v>
+        <v>154</v>
       </c>
       <c r="F90" t="s">
-        <v>398</v>
+        <v>68</v>
       </c>
       <c r="G90" t="s">
-        <v>400</v>
+        <v>357</v>
       </c>
       <c r="H90" t="s">
-        <v>401</v>
+        <v>59</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>397</v>
+        <v>358</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="B91" t="s">
-        <v>402</v>
+        <v>359</v>
       </c>
       <c r="C91" t="s">
-        <v>403</v>
+        <v>338</v>
       </c>
       <c r="D91" t="s">
-        <v>399</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>402</v>
+        <v>165</v>
       </c>
       <c r="F91" t="s">
-        <v>402</v>
+        <v>113</v>
       </c>
       <c r="G91" t="s">
-        <v>404</v>
+        <v>360</v>
       </c>
       <c r="H91" t="s">
-        <v>401</v>
+        <v>59</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>397</v>
+        <v>361</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>286</v>
+        <v>306</v>
       </c>
       <c r="B92" t="s">
-        <v>405</v>
+        <v>362</v>
       </c>
       <c r="C92" t="s">
-        <v>394</v>
+        <v>363</v>
       </c>
       <c r="D92" t="s">
-        <v>399</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>405</v>
+        <v>165</v>
       </c>
       <c r="F92" t="s">
-        <v>405</v>
+        <v>113</v>
       </c>
       <c r="G92" t="s">
-        <v>396</v>
+        <v>360</v>
       </c>
       <c r="H92" t="s">
-        <v>401</v>
+        <v>59</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>397</v>
+        <v>364</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>285</v>
+        <v>305</v>
       </c>
       <c r="B93" t="s">
-        <v>406</v>
+        <v>365</v>
       </c>
       <c r="C93" t="s">
-        <v>407</v>
+        <v>338</v>
       </c>
       <c r="D93" t="s">
-        <v>399</v>
+        <v>38</v>
       </c>
       <c r="E93" t="s">
-        <v>406</v>
+        <v>339</v>
       </c>
       <c r="F93" t="s">
-        <v>406</v>
+        <v>216</v>
       </c>
       <c r="G93" t="s">
-        <v>408</v>
+        <v>366</v>
       </c>
       <c r="H93" t="s">
-        <v>401</v>
+        <v>59</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>397</v>
+        <v>367</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="B94" t="s">
-        <v>409</v>
+        <v>368</v>
       </c>
       <c r="C94" t="s">
-        <v>216</v>
+        <v>363</v>
       </c>
       <c r="D94" t="s">
-        <v>410</v>
+        <v>38</v>
       </c>
       <c r="E94" t="s">
-        <v>409</v>
+        <v>165</v>
       </c>
       <c r="F94" t="s">
-        <v>409</v>
+        <v>369</v>
       </c>
       <c r="G94" t="s">
-        <v>400</v>
+        <v>370</v>
       </c>
       <c r="H94" t="s">
-        <v>411</v>
+        <v>59</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>397</v>
+        <v>371</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="B95" t="s">
-        <v>412</v>
+        <v>372</v>
       </c>
       <c r="C95" t="s">
-        <v>403</v>
+        <v>373</v>
       </c>
       <c r="D95" t="s">
-        <v>410</v>
+        <v>56</v>
       </c>
       <c r="E95" t="s">
-        <v>412</v>
+        <v>154</v>
       </c>
       <c r="F95" t="s">
-        <v>412</v>
+        <v>374</v>
       </c>
       <c r="G95" t="s">
-        <v>404</v>
+        <v>375</v>
       </c>
       <c r="H95" t="s">
-        <v>411</v>
+        <v>59</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>397</v>
+        <v>376</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>282</v>
+        <v>302</v>
       </c>
       <c r="B96" t="s">
-        <v>413</v>
+        <v>377</v>
       </c>
       <c r="C96" t="s">
-        <v>394</v>
+        <v>363</v>
       </c>
       <c r="D96" t="s">
-        <v>410</v>
+        <v>19</v>
       </c>
       <c r="E96" t="s">
-        <v>413</v>
+        <v>339</v>
       </c>
       <c r="F96" t="s">
-        <v>413</v>
+        <v>93</v>
       </c>
       <c r="G96" t="s">
-        <v>396</v>
+        <v>378</v>
       </c>
       <c r="H96" t="s">
-        <v>411</v>
+        <v>59</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>280</v>
+        <v>301</v>
       </c>
       <c r="B97" t="s">
-        <v>414</v>
+        <v>380</v>
       </c>
       <c r="C97" t="s">
-        <v>415</v>
+        <v>381</v>
       </c>
       <c r="D97" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E97" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F97" t="s">
-        <v>416</v>
+        <v>93</v>
       </c>
       <c r="G97" t="s">
-        <v>417</v>
+        <v>382</v>
       </c>
       <c r="H97" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>279</v>
+        <v>300</v>
       </c>
       <c r="B98" t="s">
-        <v>419</v>
+        <v>384</v>
       </c>
       <c r="C98" t="s">
-        <v>341</v>
+        <v>381</v>
       </c>
       <c r="D98" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E98" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F98" t="s">
-        <v>420</v>
+        <v>385</v>
       </c>
       <c r="G98" t="s">
         <v>386</v>
       </c>
       <c r="H98" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>421</v>
+        <v>387</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>278</v>
+        <v>299</v>
       </c>
       <c r="B99" t="s">
-        <v>422</v>
+        <v>388</v>
       </c>
       <c r="C99" t="s">
-        <v>350</v>
+        <v>389</v>
       </c>
       <c r="D99" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="E99" t="s">
-        <v>293</v>
+        <v>165</v>
       </c>
       <c r="F99" t="s">
-        <v>423</v>
+        <v>390</v>
       </c>
       <c r="G99" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="H99" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>277</v>
+        <v>298</v>
       </c>
       <c r="B100" t="s">
-        <v>426</v>
+        <v>393</v>
       </c>
       <c r="C100" t="s">
-        <v>359</v>
+        <v>389</v>
       </c>
       <c r="D100" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E100" t="s">
-        <v>293</v>
+        <v>165</v>
       </c>
       <c r="F100" t="s">
-        <v>427</v>
+        <v>394</v>
       </c>
       <c r="G100" t="s">
-        <v>424</v>
+        <v>395</v>
       </c>
       <c r="H100" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>428</v>
+        <v>396</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>276</v>
+        <v>297</v>
       </c>
       <c r="B101" t="s">
-        <v>429</v>
+        <v>397</v>
       </c>
       <c r="C101" t="s">
-        <v>251</v>
+        <v>398</v>
       </c>
       <c r="D101" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="E101" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F101" t="s">
-        <v>430</v>
+        <v>390</v>
       </c>
       <c r="G101" t="s">
-        <v>431</v>
+        <v>399</v>
       </c>
       <c r="H101" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>432</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>275</v>
+        <v>296</v>
       </c>
       <c r="B102" t="s">
-        <v>433</v>
+        <v>401</v>
       </c>
       <c r="C102" t="s">
-        <v>256</v>
+        <v>373</v>
       </c>
       <c r="D102" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="E102" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F102" t="s">
-        <v>434</v>
+        <v>402</v>
       </c>
       <c r="G102" t="s">
-        <v>435</v>
+        <v>403</v>
       </c>
       <c r="H102" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>436</v>
+        <v>404</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>274</v>
+        <v>295</v>
       </c>
       <c r="B103" t="s">
-        <v>437</v>
+        <v>405</v>
       </c>
       <c r="C103" t="s">
-        <v>287</v>
+        <v>398</v>
       </c>
       <c r="D103" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E103" t="s">
+        <v>165</v>
+      </c>
+      <c r="F103" t="s">
         <v>85</v>
       </c>
-      <c r="F103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G103" t="s">
-        <v>439</v>
+        <v>406</v>
       </c>
       <c r="H103" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>440</v>
+        <v>407</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>273</v>
+        <v>294</v>
       </c>
       <c r="B104" t="s">
-        <v>441</v>
+        <v>408</v>
       </c>
       <c r="C104" t="s">
-        <v>292</v>
+        <v>268</v>
       </c>
       <c r="D104" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="E104" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F104" t="s">
-        <v>442</v>
+        <v>124</v>
       </c>
       <c r="G104" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="H104" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>444</v>
+        <v>410</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="B105" t="s">
-        <v>445</v>
+        <v>411</v>
       </c>
       <c r="C105" t="s">
-        <v>321</v>
+        <v>268</v>
       </c>
       <c r="D105" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="E105" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F105" t="s">
-        <v>446</v>
+        <v>412</v>
       </c>
       <c r="G105" t="s">
-        <v>443</v>
+        <v>413</v>
       </c>
       <c r="H105" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>203</v>
+        <v>414</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="B106" t="s">
-        <v>447</v>
+        <v>415</v>
       </c>
       <c r="C106" t="s">
-        <v>341</v>
+        <v>268</v>
       </c>
       <c r="D106" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E106" t="s">
-        <v>85</v>
+        <v>339</v>
       </c>
       <c r="F106" t="s">
-        <v>448</v>
+        <v>303</v>
       </c>
       <c r="G106" t="s">
-        <v>449</v>
+        <v>416</v>
       </c>
       <c r="H106" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>450</v>
+        <v>417</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>269</v>
+        <v>291</v>
       </c>
       <c r="B107" t="s">
-        <v>451</v>
+        <v>418</v>
       </c>
       <c r="C107" t="s">
-        <v>452</v>
+        <v>419</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E107" t="s">
-        <v>293</v>
+        <v>154</v>
       </c>
       <c r="F107" t="s">
-        <v>453</v>
+        <v>420</v>
       </c>
       <c r="G107" t="s">
-        <v>454</v>
+        <v>421</v>
       </c>
       <c r="H107" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>455</v>
+        <v>422</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>268</v>
+        <v>290</v>
       </c>
       <c r="B108" t="s">
-        <v>456</v>
+        <v>423</v>
       </c>
       <c r="C108" t="s">
-        <v>394</v>
+        <v>424</v>
       </c>
       <c r="D108" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="E108" t="s">
-        <v>293</v>
+        <v>154</v>
       </c>
       <c r="F108" t="s">
-        <v>457</v>
+        <v>425</v>
       </c>
       <c r="G108" t="s">
-        <v>458</v>
+        <v>426</v>
       </c>
       <c r="H108" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>459</v>
+        <v>427</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>267</v>
+        <v>289</v>
       </c>
       <c r="B109" t="s">
-        <v>460</v>
+        <v>428</v>
       </c>
       <c r="C109" t="s">
-        <v>461</v>
+        <v>429</v>
       </c>
       <c r="D109" t="s">
-        <v>18</v>
+        <v>430</v>
       </c>
       <c r="E109" t="s">
-        <v>85</v>
+        <v>428</v>
       </c>
       <c r="F109" t="s">
-        <v>462</v>
+        <v>431</v>
       </c>
       <c r="G109" t="s">
-        <v>463</v>
+        <v>432</v>
       </c>
       <c r="H109" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>464</v>
+        <v>433</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="B110" t="s">
-        <v>465</v>
+        <v>434</v>
       </c>
       <c r="C110" t="s">
-        <v>466</v>
+        <v>268</v>
       </c>
       <c r="D110" t="s">
-        <v>18</v>
+        <v>435</v>
       </c>
       <c r="E110" t="s">
-        <v>293</v>
+        <v>434</v>
       </c>
       <c r="F110" t="s">
-        <v>467</v>
+        <v>436</v>
       </c>
       <c r="G110" t="s">
-        <v>468</v>
+        <v>437</v>
       </c>
       <c r="H110" t="s">
-        <v>21</v>
+        <v>438</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>469</v>
+        <v>433</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="B111" t="s">
-        <v>470</v>
+        <v>439</v>
       </c>
       <c r="C111" t="s">
-        <v>471</v>
+        <v>440</v>
       </c>
       <c r="D111" t="s">
-        <v>18</v>
+        <v>435</v>
       </c>
       <c r="E111" t="s">
-        <v>85</v>
+        <v>439</v>
       </c>
       <c r="F111" t="s">
-        <v>472</v>
+        <v>436</v>
       </c>
       <c r="G111" t="s">
-        <v>473</v>
+        <v>441</v>
       </c>
       <c r="H111" t="s">
-        <v>21</v>
+        <v>438</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>418</v>
+        <v>433</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>264</v>
+        <v>286</v>
       </c>
       <c r="B112" t="s">
-        <v>474</v>
+        <v>442</v>
       </c>
       <c r="C112" t="s">
-        <v>475</v>
+        <v>429</v>
       </c>
       <c r="D112" t="s">
-        <v>79</v>
+        <v>435</v>
       </c>
       <c r="E112" t="s">
-        <v>85</v>
+        <v>442</v>
       </c>
       <c r="F112" t="s">
-        <v>476</v>
+        <v>436</v>
       </c>
       <c r="G112" t="s">
-        <v>477</v>
+        <v>432</v>
       </c>
       <c r="H112" t="s">
-        <v>21</v>
+        <v>438</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>91</v>
+        <v>433</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>263</v>
+        <v>285</v>
       </c>
       <c r="B113" t="s">
-        <v>478</v>
+        <v>443</v>
       </c>
       <c r="C113" t="s">
-        <v>350</v>
+        <v>444</v>
       </c>
       <c r="D113" t="s">
-        <v>79</v>
+        <v>435</v>
       </c>
       <c r="E113" t="s">
-        <v>85</v>
+        <v>443</v>
       </c>
       <c r="F113" t="s">
-        <v>479</v>
+        <v>436</v>
       </c>
       <c r="G113" t="s">
-        <v>480</v>
+        <v>445</v>
       </c>
       <c r="H113" t="s">
-        <v>21</v>
+        <v>438</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>481</v>
+        <v>433</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>262</v>
+        <v>284</v>
       </c>
       <c r="B114" t="s">
-        <v>482</v>
+        <v>446</v>
       </c>
       <c r="C114" t="s">
-        <v>359</v>
+        <v>268</v>
       </c>
       <c r="D114" t="s">
-        <v>79</v>
+        <v>447</v>
       </c>
       <c r="E114" t="s">
-        <v>85</v>
+        <v>446</v>
       </c>
       <c r="F114" t="s">
-        <v>483</v>
+        <v>448</v>
       </c>
       <c r="G114" t="s">
-        <v>484</v>
+        <v>437</v>
       </c>
       <c r="H114" t="s">
-        <v>21</v>
+        <v>449</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>485</v>
+        <v>433</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
-        <v>261</v>
+        <v>283</v>
       </c>
       <c r="B115" t="s">
-        <v>486</v>
+        <v>450</v>
       </c>
       <c r="C115" t="s">
-        <v>333</v>
+        <v>440</v>
       </c>
       <c r="D115" t="s">
-        <v>79</v>
+        <v>447</v>
       </c>
       <c r="E115" t="s">
-        <v>85</v>
+        <v>450</v>
       </c>
       <c r="F115" t="s">
-        <v>487</v>
+        <v>448</v>
       </c>
       <c r="G115" t="s">
-        <v>484</v>
+        <v>441</v>
       </c>
       <c r="H115" t="s">
-        <v>21</v>
+        <v>449</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>488</v>
+        <v>433</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
-        <v>260</v>
+        <v>282</v>
       </c>
       <c r="B116" t="s">
-        <v>489</v>
+        <v>451</v>
       </c>
       <c r="C116" t="s">
-        <v>216</v>
+        <v>429</v>
       </c>
       <c r="D116" t="s">
-        <v>79</v>
+        <v>447</v>
       </c>
       <c r="E116" t="s">
-        <v>80</v>
+        <v>451</v>
       </c>
       <c r="F116" t="s">
-        <v>490</v>
+        <v>448</v>
       </c>
       <c r="G116" t="s">
-        <v>484</v>
+        <v>432</v>
       </c>
       <c r="H116" t="s">
-        <v>21</v>
+        <v>449</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>491</v>
+        <v>433</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>259</v>
+        <v>280</v>
       </c>
       <c r="B117" t="s">
-        <v>492</v>
+        <v>452</v>
       </c>
       <c r="C117" t="s">
-        <v>333</v>
+        <v>453</v>
       </c>
       <c r="D117" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>293</v>
+        <v>154</v>
       </c>
       <c r="F117" t="s">
-        <v>493</v>
+        <v>454</v>
       </c>
       <c r="G117" t="s">
-        <v>494</v>
+        <v>455</v>
       </c>
       <c r="H117" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>495</v>
+        <v>456</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>258</v>
+        <v>279</v>
       </c>
       <c r="B118" t="s">
-        <v>496</v>
+        <v>457</v>
       </c>
       <c r="C118" t="s">
-        <v>216</v>
+        <v>381</v>
       </c>
       <c r="D118" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="F118" t="s">
-        <v>497</v>
+        <v>458</v>
       </c>
       <c r="G118" t="s">
-        <v>498</v>
+        <v>421</v>
       </c>
       <c r="H118" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>485</v>
+        <v>459</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
-        <v>257</v>
+        <v>278</v>
       </c>
       <c r="B119" t="s">
-        <v>499</v>
+        <v>460</v>
       </c>
       <c r="C119" t="s">
-        <v>216</v>
+        <v>389</v>
       </c>
       <c r="D119" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>12</v>
+        <v>339</v>
       </c>
       <c r="F119" t="s">
-        <v>500</v>
+        <v>461</v>
       </c>
       <c r="G119" t="s">
-        <v>501</v>
+        <v>462</v>
       </c>
       <c r="H119" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>502</v>
+        <v>463</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
-        <v>256</v>
+        <v>277</v>
       </c>
       <c r="B120" t="s">
-        <v>503</v>
+        <v>464</v>
       </c>
       <c r="C120" t="s">
-        <v>504</v>
+        <v>398</v>
       </c>
       <c r="D120" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>506</v>
+        <v>339</v>
       </c>
       <c r="F120" t="s">
-        <v>507</v>
+        <v>458</v>
       </c>
       <c r="G120" t="s">
-        <v>508</v>
+        <v>462</v>
       </c>
       <c r="H120" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>509</v>
+        <v>465</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>255</v>
+        <v>276</v>
       </c>
       <c r="B121" t="s">
-        <v>510</v>
+        <v>466</v>
       </c>
       <c r="C121" t="s">
-        <v>511</v>
+        <v>298</v>
       </c>
       <c r="D121" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E121" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="F121" t="s">
-        <v>512</v>
+        <v>467</v>
       </c>
       <c r="G121" t="s">
-        <v>513</v>
+        <v>468</v>
       </c>
       <c r="H121" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>514</v>
+        <v>469</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
-        <v>254</v>
+        <v>275</v>
       </c>
       <c r="B122" t="s">
-        <v>515</v>
+        <v>470</v>
       </c>
       <c r="C122" t="s">
-        <v>516</v>
+        <v>302</v>
       </c>
       <c r="D122" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E122" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="F122" t="s">
-        <v>517</v>
+        <v>471</v>
       </c>
       <c r="G122" t="s">
-        <v>518</v>
+        <v>472</v>
       </c>
       <c r="H122" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>519</v>
+        <v>473</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
-        <v>253</v>
+        <v>274</v>
       </c>
       <c r="B123" t="s">
-        <v>520</v>
+        <v>474</v>
       </c>
       <c r="C123" t="s">
-        <v>521</v>
+        <v>333</v>
       </c>
       <c r="D123" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E123" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="F123" t="s">
-        <v>522</v>
+        <v>475</v>
       </c>
       <c r="G123" t="s">
-        <v>523</v>
+        <v>476</v>
       </c>
       <c r="H123" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>524</v>
+        <v>477</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="B124" t="s">
-        <v>525</v>
+        <v>478</v>
       </c>
       <c r="C124" t="s">
-        <v>526</v>
+        <v>338</v>
       </c>
       <c r="D124" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E124" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="F124" t="s">
-        <v>527</v>
+        <v>467</v>
       </c>
       <c r="G124" t="s">
-        <v>528</v>
+        <v>479</v>
       </c>
       <c r="H124" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>529</v>
+        <v>480</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>251</v>
+        <v>272</v>
       </c>
       <c r="B125" t="s">
-        <v>530</v>
+        <v>481</v>
       </c>
       <c r="C125" t="s">
-        <v>475</v>
+        <v>363</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E125" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="F125" t="s">
-        <v>531</v>
+        <v>467</v>
       </c>
       <c r="G125" t="s">
-        <v>532</v>
+        <v>479</v>
       </c>
       <c r="H125" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>533</v>
+        <v>257</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>250</v>
+        <v>271</v>
       </c>
       <c r="B126" t="s">
-        <v>534</v>
+        <v>482</v>
       </c>
       <c r="C126" t="s">
-        <v>521</v>
+        <v>381</v>
       </c>
       <c r="D126" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="E126" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="F126" t="s">
-        <v>535</v>
+        <v>483</v>
       </c>
       <c r="G126" t="s">
-        <v>536</v>
+        <v>484</v>
       </c>
       <c r="H126" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>537</v>
+        <v>485</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="B127" t="s">
-        <v>538</v>
+        <v>486</v>
       </c>
       <c r="C127" t="s">
-        <v>539</v>
+        <v>487</v>
       </c>
       <c r="D127" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E127" t="s">
-        <v>124</v>
+        <v>339</v>
       </c>
       <c r="F127" t="s">
-        <v>540</v>
+        <v>488</v>
       </c>
       <c r="G127" t="s">
-        <v>536</v>
+        <v>489</v>
       </c>
       <c r="H127" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>541</v>
+        <v>490</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>248</v>
+        <v>268</v>
       </c>
       <c r="B128" t="s">
-        <v>542</v>
+        <v>491</v>
       </c>
       <c r="C128" t="s">
-        <v>543</v>
+        <v>429</v>
       </c>
       <c r="D128" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>124</v>
+        <v>339</v>
       </c>
       <c r="F128" t="s">
-        <v>544</v>
+        <v>492</v>
       </c>
       <c r="G128" t="s">
-        <v>449</v>
+        <v>493</v>
       </c>
       <c r="H128" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>545</v>
+        <v>494</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>247</v>
+        <v>267</v>
       </c>
       <c r="B129" t="s">
-        <v>546</v>
+        <v>495</v>
       </c>
       <c r="C129" t="s">
-        <v>403</v>
+        <v>496</v>
       </c>
       <c r="D129" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="F129" t="s">
-        <v>547</v>
+        <v>497</v>
       </c>
       <c r="G129" t="s">
-        <v>449</v>
+        <v>498</v>
       </c>
       <c r="H129" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>548</v>
+        <v>499</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
-        <v>246</v>
+        <v>266</v>
       </c>
       <c r="B130" t="s">
-        <v>549</v>
+        <v>500</v>
       </c>
       <c r="C130" t="s">
-        <v>550</v>
+        <v>501</v>
       </c>
       <c r="D130" t="s">
-        <v>551</v>
+        <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>12</v>
+        <v>339</v>
       </c>
       <c r="F130" t="s">
-        <v>552</v>
+        <v>502</v>
       </c>
       <c r="G130" t="s">
-        <v>553</v>
+        <v>503</v>
       </c>
       <c r="H130" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>554</v>
+        <v>504</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
-        <v>245</v>
+        <v>265</v>
       </c>
       <c r="B131" t="s">
-        <v>555</v>
+        <v>505</v>
       </c>
       <c r="C131" t="s">
-        <v>556</v>
+        <v>506</v>
       </c>
       <c r="D131" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="F131" t="s">
-        <v>557</v>
+        <v>497</v>
       </c>
       <c r="G131" t="s">
-        <v>558</v>
+        <v>507</v>
       </c>
       <c r="H131" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>559</v>
+        <v>456</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
-        <v>244</v>
+        <v>264</v>
       </c>
       <c r="B132" t="s">
-        <v>560</v>
+        <v>508</v>
       </c>
       <c r="C132" t="s">
-        <v>403</v>
+        <v>509</v>
       </c>
       <c r="D132" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E132" t="s">
-        <v>561</v>
+        <v>154</v>
       </c>
       <c r="F132" t="s">
-        <v>562</v>
+        <v>510</v>
       </c>
       <c r="G132" t="s">
-        <v>563</v>
+        <v>511</v>
       </c>
       <c r="H132" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>564</v>
+        <v>158</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
-        <v>243</v>
+        <v>263</v>
       </c>
       <c r="B133" t="s">
-        <v>565</v>
+        <v>512</v>
       </c>
       <c r="C133" t="s">
-        <v>566</v>
+        <v>389</v>
       </c>
       <c r="D133" t="s">
-        <v>551</v>
+        <v>62</v>
       </c>
       <c r="E133" t="s">
-        <v>567</v>
+        <v>154</v>
       </c>
       <c r="F133" t="s">
-        <v>568</v>
+        <v>150</v>
       </c>
       <c r="G133" t="s">
-        <v>569</v>
+        <v>513</v>
       </c>
       <c r="H133" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>570</v>
+        <v>514</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
-        <v>242</v>
+        <v>262</v>
       </c>
       <c r="B134" t="s">
-        <v>571</v>
+        <v>515</v>
       </c>
       <c r="C134" t="s">
-        <v>359</v>
+        <v>398</v>
       </c>
       <c r="D134" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="E134" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F134" t="s">
-        <v>572</v>
+        <v>150</v>
       </c>
       <c r="G134" t="s">
-        <v>573</v>
+        <v>516</v>
       </c>
       <c r="H134" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>574</v>
+        <v>517</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
-        <v>241</v>
+        <v>261</v>
       </c>
       <c r="B135" t="s">
-        <v>575</v>
+        <v>518</v>
       </c>
       <c r="C135" t="s">
-        <v>576</v>
+        <v>373</v>
       </c>
       <c r="D135" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E135" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="F135" t="s">
-        <v>577</v>
+        <v>150</v>
       </c>
       <c r="G135" t="s">
-        <v>578</v>
+        <v>516</v>
       </c>
       <c r="H135" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>579</v>
+        <v>519</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
-        <v>240</v>
+        <v>260</v>
       </c>
       <c r="B136" t="s">
-        <v>580</v>
+        <v>520</v>
       </c>
       <c r="C136" t="s">
-        <v>581</v>
+        <v>268</v>
       </c>
       <c r="D136" t="s">
-        <v>551</v>
+        <v>62</v>
       </c>
       <c r="E136" t="s">
-        <v>124</v>
+        <v>149</v>
       </c>
       <c r="F136" t="s">
-        <v>582</v>
+        <v>150</v>
       </c>
       <c r="G136" t="s">
-        <v>583</v>
+        <v>516</v>
       </c>
       <c r="H136" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>584</v>
+        <v>521</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>239</v>
+        <v>259</v>
       </c>
       <c r="B137" t="s">
-        <v>585</v>
+        <v>522</v>
       </c>
       <c r="C137" t="s">
-        <v>586</v>
+        <v>373</v>
       </c>
       <c r="D137" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>12</v>
+        <v>339</v>
       </c>
       <c r="F137" t="s">
-        <v>587</v>
+        <v>523</v>
       </c>
       <c r="G137" t="s">
-        <v>477</v>
+        <v>524</v>
       </c>
       <c r="H137" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>588</v>
+        <v>525</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>238</v>
+        <v>258</v>
       </c>
       <c r="B138" t="s">
-        <v>589</v>
+        <v>526</v>
       </c>
       <c r="C138" t="s">
-        <v>590</v>
+        <v>268</v>
       </c>
       <c r="D138" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>12</v>
+        <v>187</v>
       </c>
       <c r="F138" t="s">
-        <v>591</v>
+        <v>527</v>
       </c>
       <c r="G138" t="s">
-        <v>592</v>
+        <v>528</v>
       </c>
       <c r="H138" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>593</v>
+        <v>517</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
-        <v>237</v>
+        <v>257</v>
       </c>
       <c r="B139" t="s">
-        <v>594</v>
+        <v>529</v>
       </c>
       <c r="C139" t="s">
-        <v>595</v>
+        <v>268</v>
       </c>
       <c r="D139" t="s">
-        <v>505</v>
+        <v>274</v>
       </c>
       <c r="E139" t="s">
-        <v>103</v>
+        <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>596</v>
+        <v>275</v>
       </c>
       <c r="G139" t="s">
-        <v>597</v>
+        <v>530</v>
       </c>
       <c r="H139" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>598</v>
+        <v>531</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="B140" t="s">
-        <v>599</v>
+        <v>532</v>
       </c>
       <c r="C140" t="s">
-        <v>600</v>
+        <v>533</v>
       </c>
       <c r="D140" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E140" t="s">
-        <v>12</v>
+        <v>535</v>
       </c>
       <c r="F140" t="s">
-        <v>601</v>
+        <v>536</v>
       </c>
       <c r="G140" t="s">
-        <v>602</v>
+        <v>537</v>
       </c>
       <c r="H140" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>603</v>
+        <v>538</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>235</v>
+        <v>255</v>
       </c>
       <c r="B141" t="s">
-        <v>604</v>
+        <v>539</v>
       </c>
       <c r="C141" t="s">
-        <v>605</v>
+        <v>540</v>
       </c>
       <c r="D141" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E141" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="F141" t="s">
-        <v>606</v>
+        <v>541</v>
       </c>
       <c r="G141" t="s">
-        <v>607</v>
+        <v>542</v>
       </c>
       <c r="H141" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>608</v>
+        <v>543</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="B142" t="s">
-        <v>609</v>
+        <v>544</v>
       </c>
       <c r="C142" t="s">
-        <v>610</v>
+        <v>545</v>
       </c>
       <c r="D142" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E142" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="F142" t="s">
-        <v>611</v>
+        <v>546</v>
       </c>
       <c r="G142" t="s">
-        <v>612</v>
+        <v>547</v>
       </c>
       <c r="H142" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>613</v>
+        <v>548</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="B143" t="s">
-        <v>614</v>
+        <v>549</v>
       </c>
       <c r="C143" t="s">
-        <v>461</v>
+        <v>550</v>
       </c>
       <c r="D143" t="s">
+        <v>19</v>
+      </c>
+      <c r="E143" t="s">
+        <v>169</v>
+      </c>
+      <c r="F143" t="s">
         <v>551</v>
       </c>
-      <c r="E143" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G143" t="s">
-        <v>612</v>
+        <v>552</v>
       </c>
       <c r="H143" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>616</v>
+        <v>553</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
-        <v>232</v>
+        <v>252</v>
       </c>
       <c r="B144" t="s">
-        <v>617</v>
+        <v>554</v>
       </c>
       <c r="C144" t="s">
-        <v>618</v>
+        <v>555</v>
       </c>
       <c r="D144" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E144" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
       <c r="F144" t="s">
-        <v>619</v>
+        <v>556</v>
       </c>
       <c r="G144" t="s">
-        <v>620</v>
+        <v>557</v>
       </c>
       <c r="H144" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>621</v>
+        <v>558</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>231</v>
+        <v>251</v>
       </c>
       <c r="B145" t="s">
-        <v>622</v>
+        <v>559</v>
       </c>
       <c r="C145" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="D145" t="s">
-        <v>551</v>
+        <v>19</v>
       </c>
       <c r="E145" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
       <c r="F145" t="s">
-        <v>624</v>
+        <v>560</v>
       </c>
       <c r="G145" t="s">
-        <v>620</v>
+        <v>561</v>
       </c>
       <c r="H145" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>625</v>
+        <v>562</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>230</v>
+        <v>250</v>
       </c>
       <c r="B146" t="s">
-        <v>626</v>
+        <v>563</v>
       </c>
       <c r="C146" t="s">
-        <v>627</v>
+        <v>550</v>
       </c>
       <c r="D146" t="s">
-        <v>505</v>
+        <v>38</v>
       </c>
       <c r="E146" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
       <c r="F146" t="s">
-        <v>628</v>
+        <v>564</v>
       </c>
       <c r="G146" t="s">
-        <v>629</v>
+        <v>565</v>
       </c>
       <c r="H146" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>630</v>
+        <v>566</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
-        <v>229</v>
+        <v>249</v>
       </c>
       <c r="B147" t="s">
-        <v>631</v>
+        <v>567</v>
       </c>
       <c r="C147" t="s">
-        <v>632</v>
+        <v>568</v>
       </c>
       <c r="D147" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="E147" t="s">
-        <v>85</v>
+        <v>187</v>
       </c>
       <c r="F147" t="s">
-        <v>633</v>
+        <v>569</v>
       </c>
       <c r="G147" t="s">
-        <v>634</v>
+        <v>565</v>
       </c>
       <c r="H147" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>635</v>
+        <v>570</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
-        <v>228</v>
+        <v>248</v>
       </c>
       <c r="B148" t="s">
-        <v>636</v>
+        <v>571</v>
       </c>
       <c r="C148" t="s">
-        <v>637</v>
+        <v>572</v>
       </c>
       <c r="D148" t="s">
-        <v>505</v>
+        <v>38</v>
       </c>
       <c r="E148" t="s">
-        <v>638</v>
+        <v>187</v>
       </c>
       <c r="F148" t="s">
-        <v>639</v>
+        <v>569</v>
       </c>
       <c r="G148" t="s">
-        <v>640</v>
+        <v>484</v>
       </c>
       <c r="H148" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>641</v>
+        <v>573</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>227</v>
+        <v>247</v>
       </c>
       <c r="B149" t="s">
-        <v>642</v>
+        <v>574</v>
       </c>
       <c r="C149" t="s">
-        <v>643</v>
+        <v>440</v>
       </c>
       <c r="D149" t="s">
-        <v>505</v>
+        <v>38</v>
       </c>
       <c r="E149" t="s">
-        <v>644</v>
+        <v>187</v>
       </c>
       <c r="F149" t="s">
-        <v>645</v>
+        <v>575</v>
       </c>
       <c r="G149" t="s">
-        <v>646</v>
+        <v>484</v>
       </c>
       <c r="H149" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>647</v>
+        <v>576</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>226</v>
+        <v>246</v>
       </c>
       <c r="B150" t="s">
-        <v>648</v>
+        <v>577</v>
       </c>
       <c r="C150" t="s">
-        <v>550</v>
+        <v>578</v>
       </c>
       <c r="D150" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E150" t="s">
-        <v>649</v>
+        <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>650</v>
+        <v>580</v>
       </c>
       <c r="G150" t="s">
-        <v>646</v>
+        <v>581</v>
       </c>
       <c r="H150" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>651</v>
+        <v>582</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>225</v>
+        <v>245</v>
       </c>
       <c r="B151" t="s">
-        <v>652</v>
+        <v>583</v>
       </c>
       <c r="C151" t="s">
-        <v>653</v>
+        <v>584</v>
       </c>
       <c r="D151" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E151" t="s">
-        <v>561</v>
+        <v>187</v>
       </c>
       <c r="F151" t="s">
-        <v>654</v>
+        <v>585</v>
       </c>
       <c r="G151" t="s">
-        <v>640</v>
+        <v>586</v>
       </c>
       <c r="H151" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>655</v>
+        <v>587</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="B152" t="s">
-        <v>656</v>
+        <v>588</v>
       </c>
       <c r="C152" t="s">
-        <v>657</v>
+        <v>440</v>
       </c>
       <c r="D152" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E152" t="s">
-        <v>658</v>
+        <v>589</v>
       </c>
       <c r="F152" t="s">
-        <v>659</v>
+        <v>590</v>
       </c>
       <c r="G152" t="s">
-        <v>660</v>
+        <v>591</v>
       </c>
       <c r="H152" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>661</v>
+        <v>592</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="B153" t="s">
-        <v>662</v>
+        <v>593</v>
       </c>
       <c r="C153" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="D153" t="s">
-        <v>79</v>
+        <v>579</v>
       </c>
       <c r="E153" t="s">
-        <v>85</v>
+        <v>595</v>
       </c>
       <c r="F153" t="s">
-        <v>663</v>
+        <v>596</v>
       </c>
       <c r="G153" t="s">
-        <v>664</v>
+        <v>597</v>
       </c>
       <c r="H153" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>665</v>
+        <v>598</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>222</v>
+        <v>242</v>
       </c>
       <c r="B154" t="s">
-        <v>666</v>
+        <v>599</v>
       </c>
       <c r="C154" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="D154" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="E154" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F154" t="s">
-        <v>667</v>
+        <v>600</v>
       </c>
       <c r="G154" t="s">
-        <v>668</v>
+        <v>601</v>
       </c>
       <c r="H154" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>669</v>
+        <v>602</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>221</v>
+        <v>241</v>
       </c>
       <c r="B155" t="s">
-        <v>670</v>
+        <v>603</v>
       </c>
       <c r="C155" t="s">
-        <v>521</v>
+        <v>604</v>
       </c>
       <c r="D155" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E155" t="s">
-        <v>98</v>
+        <v>169</v>
       </c>
       <c r="F155" t="s">
-        <v>671</v>
+        <v>605</v>
       </c>
       <c r="G155" t="s">
-        <v>672</v>
+        <v>606</v>
       </c>
       <c r="H155" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>673</v>
+        <v>607</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="B156" t="s">
-        <v>674</v>
+        <v>608</v>
       </c>
       <c r="C156" t="s">
-        <v>475</v>
+        <v>609</v>
       </c>
       <c r="D156" t="s">
-        <v>18</v>
+        <v>579</v>
       </c>
       <c r="E156" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
       <c r="F156" t="s">
-        <v>675</v>
+        <v>610</v>
       </c>
       <c r="G156" t="s">
-        <v>676</v>
+        <v>611</v>
       </c>
       <c r="H156" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>418</v>
+        <v>612</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="B157" t="s">
-        <v>677</v>
+        <v>613</v>
       </c>
       <c r="C157" t="s">
-        <v>543</v>
+        <v>614</v>
       </c>
       <c r="D157" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E157" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>678</v>
+        <v>615</v>
       </c>
       <c r="G157" t="s">
-        <v>668</v>
+        <v>511</v>
       </c>
       <c r="H157" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>300</v>
+        <v>616</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>218</v>
+        <v>238</v>
       </c>
       <c r="B158" t="s">
-        <v>679</v>
+        <v>617</v>
       </c>
       <c r="C158" t="s">
-        <v>403</v>
+        <v>618</v>
       </c>
       <c r="D158" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E158" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>680</v>
+        <v>619</v>
       </c>
       <c r="G158" t="s">
-        <v>681</v>
+        <v>620</v>
       </c>
       <c r="H158" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>1560000</v>
+        <v>59</v>
+      </c>
+      <c r="I158" s="1" t="s">
+        <v>621</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>217</v>
+        <v>237</v>
       </c>
       <c r="B159" t="s">
-        <v>682</v>
+        <v>622</v>
       </c>
       <c r="C159" t="s">
-        <v>683</v>
+        <v>623</v>
       </c>
       <c r="D159" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E159" t="s">
-        <v>85</v>
+        <v>169</v>
       </c>
       <c r="F159" t="s">
-        <v>684</v>
+        <v>605</v>
       </c>
       <c r="G159" t="s">
-        <v>685</v>
+        <v>624</v>
       </c>
       <c r="H159" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>432</v>
+        <v>625</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>216</v>
+        <v>236</v>
       </c>
       <c r="B160" t="s">
-        <v>686</v>
+        <v>626</v>
       </c>
       <c r="C160" t="s">
-        <v>566</v>
+        <v>627</v>
       </c>
       <c r="D160" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E160" t="s">
-        <v>293</v>
+        <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>687</v>
+        <v>628</v>
       </c>
       <c r="G160" t="s">
-        <v>688</v>
+        <v>629</v>
       </c>
       <c r="H160" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>689</v>
+        <v>630</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>215</v>
+        <v>235</v>
       </c>
       <c r="B161" t="s">
-        <v>690</v>
+        <v>631</v>
       </c>
       <c r="C161" t="s">
-        <v>466</v>
+        <v>632</v>
       </c>
       <c r="D161" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E161" t="s">
-        <v>293</v>
+        <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>691</v>
+        <v>633</v>
       </c>
       <c r="G161" t="s">
-        <v>692</v>
+        <v>634</v>
       </c>
       <c r="H161" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>693</v>
+        <v>635</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="B162" t="s">
-        <v>694</v>
+        <v>636</v>
       </c>
       <c r="C162" t="s">
-        <v>600</v>
+        <v>637</v>
       </c>
       <c r="D162" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E162" t="s">
-        <v>293</v>
+        <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>695</v>
+        <v>638</v>
       </c>
       <c r="G162" t="s">
-        <v>696</v>
+        <v>639</v>
       </c>
       <c r="H162" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>697</v>
+        <v>640</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
-        <v>213</v>
+        <v>233</v>
       </c>
       <c r="B163" t="s">
-        <v>698</v>
+        <v>641</v>
       </c>
       <c r="C163" t="s">
-        <v>581</v>
+        <v>496</v>
       </c>
       <c r="D163" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E163" t="s">
-        <v>561</v>
+        <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>699</v>
+        <v>642</v>
       </c>
       <c r="G163" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="H163" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>700</v>
+        <v>643</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>210</v>
+        <v>232</v>
       </c>
       <c r="B164" t="s">
-        <v>701</v>
+        <v>644</v>
       </c>
       <c r="C164" t="s">
-        <v>471</v>
+        <v>645</v>
       </c>
       <c r="D164" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E164" t="s">
-        <v>293</v>
+        <v>187</v>
       </c>
       <c r="F164" t="s">
-        <v>702</v>
+        <v>646</v>
       </c>
       <c r="G164" t="s">
-        <v>703</v>
+        <v>647</v>
       </c>
       <c r="H164" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>704</v>
+        <v>648</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>209</v>
+        <v>231</v>
       </c>
       <c r="B165" t="s">
-        <v>705</v>
+        <v>649</v>
       </c>
       <c r="C165" t="s">
-        <v>521</v>
+        <v>650</v>
       </c>
       <c r="D165" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E165" t="s">
-        <v>293</v>
+        <v>187</v>
       </c>
       <c r="F165" t="s">
-        <v>706</v>
+        <v>651</v>
       </c>
       <c r="G165" t="s">
-        <v>707</v>
+        <v>647</v>
       </c>
       <c r="H165" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>708</v>
+        <v>652</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>208</v>
+        <v>230</v>
       </c>
       <c r="B166" t="s">
-        <v>709</v>
+        <v>653</v>
       </c>
       <c r="C166" t="s">
-        <v>475</v>
+        <v>654</v>
       </c>
       <c r="D166" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E166" t="s">
-        <v>293</v>
+        <v>165</v>
       </c>
       <c r="F166" t="s">
-        <v>710</v>
+        <v>303</v>
       </c>
       <c r="G166" t="s">
-        <v>711</v>
+        <v>655</v>
       </c>
       <c r="H166" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>712</v>
+        <v>656</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
-        <v>207</v>
+        <v>229</v>
       </c>
       <c r="B167" t="s">
-        <v>713</v>
+        <v>657</v>
       </c>
       <c r="C167" t="s">
-        <v>543</v>
+        <v>658</v>
       </c>
       <c r="D167" t="s">
-        <v>551</v>
+        <v>62</v>
       </c>
       <c r="E167" t="s">
-        <v>293</v>
+        <v>154</v>
       </c>
       <c r="F167" t="s">
-        <v>714</v>
+        <v>659</v>
       </c>
       <c r="G167" t="s">
-        <v>696</v>
+        <v>660</v>
       </c>
       <c r="H167" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>715</v>
+        <v>661</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>206</v>
+        <v>228</v>
       </c>
       <c r="B168" t="s">
-        <v>716</v>
+        <v>662</v>
       </c>
       <c r="C168" t="s">
-        <v>403</v>
+        <v>663</v>
       </c>
       <c r="D168" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E168" t="s">
-        <v>293</v>
+        <v>664</v>
       </c>
       <c r="F168" t="s">
-        <v>717</v>
+        <v>605</v>
       </c>
       <c r="G168" t="s">
-        <v>718</v>
+        <v>665</v>
       </c>
       <c r="H168" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>719</v>
+        <v>666</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>205</v>
+        <v>227</v>
       </c>
       <c r="B169" t="s">
-        <v>720</v>
+        <v>667</v>
       </c>
       <c r="C169" t="s">
-        <v>605</v>
+        <v>668</v>
       </c>
       <c r="D169" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E169" t="s">
-        <v>98</v>
+        <v>669</v>
       </c>
       <c r="F169" t="s">
-        <v>721</v>
+        <v>670</v>
       </c>
       <c r="G169" t="s">
-        <v>722</v>
+        <v>671</v>
       </c>
       <c r="H169" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>723</v>
+        <v>672</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>204</v>
+        <v>226</v>
       </c>
       <c r="B170" t="s">
-        <v>724</v>
+        <v>673</v>
       </c>
       <c r="C170" t="s">
-        <v>543</v>
+        <v>578</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>534</v>
       </c>
       <c r="E170" t="s">
-        <v>103</v>
+        <v>674</v>
       </c>
       <c r="F170" t="s">
-        <v>725</v>
+        <v>675</v>
       </c>
       <c r="G170" t="s">
-        <v>726</v>
+        <v>671</v>
       </c>
       <c r="H170" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>727</v>
+        <v>676</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>203</v>
+        <v>225</v>
       </c>
       <c r="B171" t="s">
-        <v>728</v>
+        <v>677</v>
       </c>
       <c r="C171" t="s">
-        <v>403</v>
+        <v>678</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>534</v>
       </c>
       <c r="E171" t="s">
-        <v>103</v>
+        <v>589</v>
       </c>
       <c r="F171" t="s">
-        <v>729</v>
+        <v>605</v>
       </c>
       <c r="G171" t="s">
-        <v>730</v>
+        <v>665</v>
       </c>
       <c r="H171" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>731</v>
+        <v>679</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
-        <v>202</v>
+        <v>224</v>
       </c>
       <c r="B172" t="s">
-        <v>732</v>
+        <v>680</v>
       </c>
       <c r="C172" t="s">
-        <v>403</v>
+        <v>681</v>
       </c>
       <c r="D172" t="s">
-        <v>73</v>
+        <v>534</v>
       </c>
       <c r="E172" t="s">
-        <v>85</v>
+        <v>682</v>
       </c>
       <c r="F172" t="s">
-        <v>733</v>
+        <v>683</v>
       </c>
       <c r="G172" t="s">
-        <v>734</v>
+        <v>684</v>
       </c>
       <c r="H172" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>735</v>
+        <v>685</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="B173" t="s">
-        <v>736</v>
+        <v>686</v>
       </c>
       <c r="C173" t="s">
-        <v>475</v>
+        <v>572</v>
       </c>
       <c r="D173" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E173" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F173" t="s">
-        <v>737</v>
+        <v>687</v>
       </c>
       <c r="G173" t="s">
-        <v>738</v>
+        <v>688</v>
       </c>
       <c r="H173" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>739</v>
+        <v>689</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>200</v>
+        <v>222</v>
       </c>
       <c r="B174" t="s">
-        <v>740</v>
+        <v>690</v>
       </c>
       <c r="C174" t="s">
-        <v>403</v>
+        <v>440</v>
       </c>
       <c r="D174" t="s">
-        <v>224</v>
+        <v>62</v>
       </c>
       <c r="E174" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F174" t="s">
-        <v>741</v>
+        <v>691</v>
       </c>
       <c r="G174" t="s">
-        <v>742</v>
+        <v>692</v>
       </c>
       <c r="H174" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>743</v>
+        <v>693</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
-        <v>199</v>
+        <v>221</v>
       </c>
       <c r="B175" t="s">
-        <v>744</v>
+        <v>694</v>
       </c>
       <c r="C175" t="s">
-        <v>415</v>
+        <v>550</v>
       </c>
       <c r="D175" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F175" t="s">
-        <v>745</v>
+        <v>695</v>
       </c>
       <c r="G175" t="s">
-        <v>746</v>
+        <v>696</v>
       </c>
       <c r="H175" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>747</v>
+        <v>697</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>198</v>
+        <v>220</v>
       </c>
       <c r="B176" t="s">
-        <v>748</v>
+        <v>698</v>
       </c>
       <c r="C176" t="s">
-        <v>461</v>
+        <v>509</v>
       </c>
       <c r="D176" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F176" t="s">
-        <v>749</v>
+        <v>699</v>
       </c>
       <c r="G176" t="s">
-        <v>746</v>
+        <v>700</v>
       </c>
       <c r="H176" t="s">
-        <v>750</v>
+        <v>59</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>751</v>
+        <v>456</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>197</v>
+        <v>219</v>
       </c>
       <c r="B177" t="s">
-        <v>752</v>
+        <v>701</v>
       </c>
       <c r="C177" t="s">
-        <v>466</v>
+        <v>572</v>
       </c>
       <c r="D177" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F177" t="s">
-        <v>753</v>
+        <v>702</v>
       </c>
       <c r="G177" t="s">
-        <v>754</v>
+        <v>692</v>
       </c>
       <c r="H177" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>755</v>
+        <v>345</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>196</v>
+        <v>218</v>
       </c>
       <c r="B178" t="s">
-        <v>756</v>
+        <v>703</v>
       </c>
       <c r="C178" t="s">
-        <v>471</v>
+        <v>440</v>
       </c>
       <c r="D178" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="F178" t="s">
-        <v>757</v>
+        <v>704</v>
       </c>
       <c r="G178" t="s">
-        <v>758</v>
+        <v>705</v>
       </c>
       <c r="H178" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>59</v>
+      </c>
+      <c r="I178" s="1">
+        <v>1560000</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>195</v>
+        <v>217</v>
       </c>
       <c r="B179" t="s">
-        <v>760</v>
+        <v>706</v>
       </c>
       <c r="C179" t="s">
-        <v>521</v>
+        <v>707</v>
       </c>
       <c r="D179" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F179" t="s">
-        <v>761</v>
+        <v>708</v>
       </c>
       <c r="G179" t="s">
-        <v>758</v>
+        <v>709</v>
       </c>
       <c r="H179" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>762</v>
+        <v>469</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="B180" t="s">
-        <v>763</v>
+        <v>710</v>
       </c>
       <c r="C180" t="s">
-        <v>543</v>
+        <v>594</v>
       </c>
       <c r="D180" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E180" t="s">
-        <v>98</v>
+        <v>339</v>
       </c>
       <c r="F180" t="s">
-        <v>764</v>
+        <v>303</v>
       </c>
       <c r="G180" t="s">
-        <v>765</v>
+        <v>711</v>
       </c>
       <c r="H180" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>766</v>
+        <v>712</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>193</v>
+        <v>215</v>
       </c>
       <c r="B181" t="s">
-        <v>767</v>
+        <v>713</v>
       </c>
       <c r="C181" t="s">
-        <v>403</v>
+        <v>501</v>
       </c>
       <c r="D181" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E181" t="s">
-        <v>98</v>
+        <v>339</v>
       </c>
       <c r="F181" t="s">
-        <v>768</v>
+        <v>714</v>
       </c>
       <c r="G181" t="s">
-        <v>769</v>
+        <v>715</v>
       </c>
       <c r="H181" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>770</v>
+        <v>716</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="B182" t="s">
-        <v>771</v>
+        <v>717</v>
       </c>
       <c r="C182" t="s">
-        <v>772</v>
+        <v>627</v>
       </c>
       <c r="D182" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E182" t="s">
-        <v>98</v>
+        <v>339</v>
       </c>
       <c r="F182" t="s">
-        <v>773</v>
+        <v>718</v>
       </c>
       <c r="G182" t="s">
-        <v>774</v>
+        <v>719</v>
       </c>
       <c r="H182" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>775</v>
+        <v>720</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>191</v>
+        <v>213</v>
       </c>
       <c r="B183" t="s">
-        <v>776</v>
+        <v>721</v>
       </c>
       <c r="C183" t="s">
-        <v>777</v>
+        <v>609</v>
       </c>
       <c r="D183" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E183" t="s">
-        <v>98</v>
+        <v>589</v>
       </c>
       <c r="F183" t="s">
-        <v>778</v>
+        <v>605</v>
       </c>
       <c r="G183" t="s">
-        <v>774</v>
+        <v>665</v>
       </c>
       <c r="H183" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>779</v>
+        <v>722</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
-        <v>190</v>
+        <v>210</v>
       </c>
       <c r="B184" t="s">
-        <v>780</v>
+        <v>723</v>
       </c>
       <c r="C184" t="s">
-        <v>781</v>
+        <v>506</v>
       </c>
       <c r="D184" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E184" t="s">
-        <v>561</v>
+        <v>339</v>
       </c>
       <c r="F184" t="s">
-        <v>782</v>
+        <v>724</v>
       </c>
       <c r="G184" t="s">
-        <v>783</v>
+        <v>725</v>
       </c>
       <c r="H184" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>784</v>
+        <v>726</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
-        <v>189</v>
+        <v>209</v>
       </c>
       <c r="B185" t="s">
-        <v>785</v>
+        <v>727</v>
       </c>
       <c r="C185" t="s">
-        <v>786</v>
+        <v>550</v>
       </c>
       <c r="D185" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E185" t="s">
-        <v>98</v>
+        <v>339</v>
       </c>
       <c r="F185" t="s">
-        <v>787</v>
+        <v>728</v>
       </c>
       <c r="G185" t="s">
-        <v>788</v>
+        <v>729</v>
       </c>
       <c r="H185" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>789</v>
+        <v>730</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
-        <v>188</v>
+        <v>208</v>
       </c>
       <c r="B186" t="s">
-        <v>790</v>
+        <v>731</v>
       </c>
       <c r="C186" t="s">
-        <v>791</v>
+        <v>509</v>
       </c>
       <c r="D186" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E186" t="s">
-        <v>792</v>
+        <v>339</v>
       </c>
       <c r="F186" t="s">
-        <v>793</v>
+        <v>732</v>
       </c>
       <c r="G186" t="s">
-        <v>794</v>
+        <v>733</v>
       </c>
       <c r="H186" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>719</v>
+        <v>734</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
-        <v>187</v>
+        <v>207</v>
       </c>
       <c r="B187" t="s">
-        <v>795</v>
+        <v>735</v>
       </c>
       <c r="C187" t="s">
-        <v>796</v>
+        <v>572</v>
       </c>
       <c r="D187" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E187" t="s">
-        <v>103</v>
+        <v>339</v>
       </c>
       <c r="F187" t="s">
-        <v>797</v>
+        <v>736</v>
       </c>
       <c r="G187" t="s">
-        <v>798</v>
+        <v>719</v>
       </c>
       <c r="H187" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>799</v>
+        <v>737</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
-        <v>186</v>
+        <v>206</v>
       </c>
       <c r="B188" t="s">
-        <v>800</v>
+        <v>738</v>
       </c>
       <c r="C188" t="s">
-        <v>801</v>
+        <v>440</v>
       </c>
       <c r="D188" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E188" t="s">
-        <v>561</v>
+        <v>339</v>
       </c>
       <c r="F188" t="s">
-        <v>802</v>
+        <v>739</v>
       </c>
       <c r="G188" t="s">
-        <v>803</v>
+        <v>740</v>
       </c>
       <c r="H188" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>804</v>
+        <v>741</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
-        <v>185</v>
+        <v>205</v>
       </c>
       <c r="B189" t="s">
-        <v>805</v>
+        <v>742</v>
       </c>
       <c r="C189" t="s">
-        <v>394</v>
+        <v>632</v>
       </c>
       <c r="D189" t="s">
-        <v>79</v>
+        <v>534</v>
       </c>
       <c r="E189" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F189" t="s">
-        <v>806</v>
+        <v>605</v>
       </c>
       <c r="G189" t="s">
-        <v>807</v>
+        <v>743</v>
       </c>
       <c r="H189" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>808</v>
+        <v>744</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
-        <v>184</v>
+        <v>204</v>
       </c>
       <c r="B190" t="s">
-        <v>809</v>
+        <v>745</v>
       </c>
       <c r="C190" t="s">
-        <v>810</v>
+        <v>572</v>
       </c>
       <c r="D190" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E190" t="s">
-        <v>85</v>
+        <v>169</v>
       </c>
       <c r="F190" t="s">
-        <v>811</v>
+        <v>746</v>
       </c>
       <c r="G190" t="s">
-        <v>812</v>
+        <v>747</v>
       </c>
       <c r="H190" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>813</v>
+        <v>748</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
-        <v>183</v>
+        <v>203</v>
       </c>
       <c r="B191" t="s">
-        <v>814</v>
+        <v>749</v>
       </c>
       <c r="C191" t="s">
-        <v>815</v>
+        <v>440</v>
       </c>
       <c r="D191" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E191" t="s">
-        <v>98</v>
+        <v>169</v>
       </c>
       <c r="F191" t="s">
-        <v>816</v>
+        <v>750</v>
       </c>
       <c r="G191" t="s">
-        <v>817</v>
+        <v>751</v>
       </c>
       <c r="H191" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>818</v>
+        <v>752</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="B192" t="s">
-        <v>819</v>
+        <v>753</v>
       </c>
       <c r="C192" t="s">
-        <v>632</v>
+        <v>440</v>
       </c>
       <c r="D192" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="E192" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="F192" t="s">
-        <v>820</v>
+        <v>754</v>
       </c>
       <c r="G192" t="s">
-        <v>821</v>
+        <v>755</v>
       </c>
       <c r="H192" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>822</v>
+        <v>756</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="B193" t="s">
-        <v>823</v>
+        <v>757</v>
       </c>
       <c r="C193" t="s">
-        <v>394</v>
+        <v>509</v>
       </c>
       <c r="D193" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E193" t="s">
-        <v>85</v>
+        <v>165</v>
       </c>
       <c r="F193" t="s">
-        <v>824</v>
+        <v>758</v>
       </c>
       <c r="G193" t="s">
-        <v>825</v>
+        <v>759</v>
       </c>
       <c r="H193" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>826</v>
+        <v>760</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="B194" t="s">
-        <v>827</v>
+        <v>761</v>
       </c>
       <c r="C194" t="s">
-        <v>828</v>
+        <v>440</v>
       </c>
       <c r="D194" t="s">
-        <v>551</v>
+        <v>274</v>
       </c>
       <c r="E194" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F194" t="s">
-        <v>829</v>
+        <v>762</v>
       </c>
       <c r="G194" t="s">
-        <v>830</v>
+        <v>763</v>
       </c>
       <c r="H194" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>831</v>
+        <v>764</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="B195" t="s">
-        <v>832</v>
+        <v>765</v>
       </c>
       <c r="C195" t="s">
-        <v>833</v>
+        <v>453</v>
       </c>
       <c r="D195" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E195" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F195" t="s">
-        <v>834</v>
+        <v>766</v>
       </c>
       <c r="G195" t="s">
-        <v>835</v>
+        <v>767</v>
       </c>
       <c r="H195" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>836</v>
+        <v>768</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="B196" t="s">
-        <v>837</v>
+        <v>769</v>
       </c>
       <c r="C196" t="s">
-        <v>838</v>
+        <v>496</v>
       </c>
       <c r="D196" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E196" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F196" t="s">
-        <v>839</v>
+        <v>770</v>
       </c>
       <c r="G196" t="s">
-        <v>835</v>
+        <v>767</v>
       </c>
       <c r="H196" t="s">
-        <v>21</v>
+        <v>771</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>608</v>
+        <v>772</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
-        <v>177</v>
+        <v>197</v>
       </c>
       <c r="B197" t="s">
-        <v>840</v>
+        <v>773</v>
       </c>
       <c r="C197" t="s">
-        <v>841</v>
+        <v>501</v>
       </c>
       <c r="D197" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E197" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F197" t="s">
-        <v>842</v>
+        <v>774</v>
       </c>
       <c r="G197" t="s">
-        <v>835</v>
+        <v>775</v>
       </c>
       <c r="H197" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>843</v>
+        <v>776</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
-        <v>176</v>
+        <v>196</v>
       </c>
       <c r="B198" t="s">
-        <v>844</v>
+        <v>777</v>
       </c>
       <c r="C198" t="s">
-        <v>845</v>
+        <v>506</v>
       </c>
       <c r="D198" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E198" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="F198" t="s">
-        <v>846</v>
+        <v>774</v>
       </c>
       <c r="G198" t="s">
-        <v>847</v>
+        <v>778</v>
       </c>
       <c r="H198" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>848</v>
+        <v>779</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="B199" t="s">
-        <v>849</v>
+        <v>780</v>
       </c>
       <c r="C199" t="s">
-        <v>850</v>
+        <v>550</v>
       </c>
       <c r="D199" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E199" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F199" t="s">
-        <v>851</v>
+        <v>781</v>
       </c>
       <c r="G199" t="s">
-        <v>852</v>
+        <v>778</v>
       </c>
       <c r="H199" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>853</v>
+        <v>782</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
-        <v>174</v>
+        <v>194</v>
       </c>
       <c r="B200" t="s">
-        <v>854</v>
+        <v>783</v>
       </c>
       <c r="C200" t="s">
-        <v>772</v>
+        <v>572</v>
       </c>
       <c r="D200" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E200" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F200" t="s">
-        <v>855</v>
+        <v>303</v>
       </c>
       <c r="G200" t="s">
-        <v>852</v>
+        <v>784</v>
       </c>
       <c r="H200" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>856</v>
+        <v>785</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="B201" t="s">
-        <v>857</v>
+        <v>786</v>
       </c>
       <c r="C201" t="s">
-        <v>777</v>
+        <v>440</v>
       </c>
       <c r="D201" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E201" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F201" t="s">
-        <v>858</v>
+        <v>766</v>
       </c>
       <c r="G201" t="s">
-        <v>859</v>
+        <v>787</v>
       </c>
       <c r="H201" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>860</v>
+        <v>788</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
-        <v>172</v>
+        <v>192</v>
       </c>
       <c r="B202" t="s">
-        <v>861</v>
+        <v>789</v>
       </c>
       <c r="C202" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="D202" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E202" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F202" t="s">
-        <v>862</v>
+        <v>303</v>
       </c>
       <c r="G202" t="s">
-        <v>859</v>
+        <v>791</v>
       </c>
       <c r="H202" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>863</v>
+        <v>792</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
-        <v>171</v>
+        <v>191</v>
       </c>
       <c r="B203" t="s">
-        <v>864</v>
+        <v>793</v>
       </c>
       <c r="C203" t="s">
-        <v>865</v>
+        <v>794</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>534</v>
       </c>
       <c r="E203" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="F203" t="s">
-        <v>866</v>
+        <v>585</v>
       </c>
       <c r="G203" t="s">
-        <v>867</v>
+        <v>791</v>
       </c>
       <c r="H203" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>868</v>
+        <v>795</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="B204" t="s">
-        <v>869</v>
+        <v>796</v>
       </c>
       <c r="C204" t="s">
-        <v>870</v>
+        <v>797</v>
       </c>
       <c r="D204" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E204" t="s">
-        <v>98</v>
+        <v>589</v>
       </c>
       <c r="F204" t="s">
-        <v>871</v>
+        <v>798</v>
       </c>
       <c r="G204" t="s">
-        <v>872</v>
+        <v>799</v>
       </c>
       <c r="H204" t="s">
-        <v>750</v>
+        <v>59</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>873</v>
+        <v>800</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="B205" t="s">
-        <v>874</v>
+        <v>801</v>
       </c>
       <c r="C205" t="s">
-        <v>875</v>
+        <v>802</v>
       </c>
       <c r="D205" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E205" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="F205" t="s">
-        <v>876</v>
+        <v>803</v>
       </c>
       <c r="G205" t="s">
-        <v>877</v>
+        <v>804</v>
       </c>
       <c r="H205" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>878</v>
+        <v>805</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
-        <v>168</v>
+        <v>188</v>
       </c>
       <c r="B206" t="s">
-        <v>879</v>
+        <v>806</v>
       </c>
       <c r="C206" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="D206" t="s">
-        <v>11</v>
+        <v>579</v>
       </c>
       <c r="E206" t="s">
-        <v>506</v>
+        <v>808</v>
       </c>
       <c r="F206" t="s">
-        <v>880</v>
+        <v>739</v>
       </c>
       <c r="G206" t="s">
-        <v>881</v>
+        <v>809</v>
       </c>
       <c r="H206" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>882</v>
+        <v>741</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="B207" t="s">
-        <v>883</v>
+        <v>810</v>
       </c>
       <c r="C207" t="s">
-        <v>884</v>
+        <v>811</v>
       </c>
       <c r="D207" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E207" t="s">
-        <v>506</v>
+        <v>169</v>
       </c>
       <c r="F207" t="s">
-        <v>885</v>
+        <v>812</v>
       </c>
       <c r="G207" t="s">
-        <v>886</v>
+        <v>813</v>
       </c>
       <c r="H207" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>887</v>
+        <v>814</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="B208" t="s">
-        <v>888</v>
+        <v>815</v>
       </c>
       <c r="C208" t="s">
-        <v>796</v>
+        <v>816</v>
       </c>
       <c r="D208" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E208" t="s">
-        <v>124</v>
+        <v>589</v>
       </c>
       <c r="F208" t="s">
-        <v>889</v>
+        <v>817</v>
       </c>
       <c r="G208" t="s">
-        <v>890</v>
+        <v>818</v>
       </c>
       <c r="H208" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>891</v>
+        <v>819</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
-        <v>165</v>
+        <v>185</v>
       </c>
       <c r="B209" t="s">
-        <v>892</v>
+        <v>820</v>
       </c>
       <c r="C209" t="s">
-        <v>875</v>
+        <v>429</v>
       </c>
       <c r="D209" t="s">
-        <v>551</v>
+        <v>62</v>
       </c>
       <c r="E209" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="F209" t="s">
-        <v>893</v>
+        <v>821</v>
       </c>
       <c r="G209" t="s">
-        <v>894</v>
+        <v>822</v>
       </c>
       <c r="H209" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>895</v>
+        <v>823</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="B210" t="s">
-        <v>896</v>
+        <v>824</v>
       </c>
       <c r="C210" t="s">
-        <v>683</v>
+        <v>825</v>
       </c>
       <c r="D210" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E210" t="s">
-        <v>506</v>
+        <v>154</v>
       </c>
       <c r="F210" t="s">
-        <v>897</v>
+        <v>826</v>
       </c>
       <c r="G210" t="s">
-        <v>898</v>
+        <v>827</v>
       </c>
       <c r="H210" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>899</v>
+        <v>828</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
-        <v>163</v>
+        <v>183</v>
       </c>
       <c r="B211" t="s">
-        <v>900</v>
+        <v>829</v>
       </c>
       <c r="C211" t="s">
-        <v>801</v>
+        <v>830</v>
       </c>
       <c r="D211" t="s">
-        <v>551</v>
+        <v>11</v>
       </c>
       <c r="E211" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="F211" t="s">
-        <v>901</v>
+        <v>831</v>
       </c>
       <c r="G211" t="s">
-        <v>898</v>
+        <v>832</v>
       </c>
       <c r="H211" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>902</v>
+        <v>833</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
-        <v>162</v>
+        <v>182</v>
       </c>
       <c r="B212" t="s">
-        <v>903</v>
+        <v>834</v>
       </c>
       <c r="C212" t="s">
-        <v>845</v>
+        <v>658</v>
       </c>
       <c r="D212" t="s">
-        <v>551</v>
+        <v>11</v>
       </c>
       <c r="E212" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="F212" t="s">
-        <v>904</v>
+        <v>835</v>
       </c>
       <c r="G212" t="s">
-        <v>894</v>
+        <v>836</v>
       </c>
       <c r="H212" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>905</v>
+        <v>837</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213">
-        <v>161</v>
+        <v>181</v>
       </c>
       <c r="B213" t="s">
-        <v>906</v>
+        <v>838</v>
       </c>
       <c r="C213" t="s">
-        <v>865</v>
+        <v>429</v>
       </c>
       <c r="D213" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E213" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="F213" t="s">
-        <v>907</v>
+        <v>527</v>
       </c>
       <c r="G213" t="s">
-        <v>908</v>
+        <v>839</v>
       </c>
       <c r="H213" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>909</v>
+        <v>840</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="B214" t="s">
-        <v>910</v>
+        <v>841</v>
       </c>
       <c r="C214" t="s">
-        <v>870</v>
+        <v>842</v>
       </c>
       <c r="D214" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E214" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="F214" t="s">
-        <v>911</v>
+        <v>843</v>
       </c>
       <c r="G214" t="s">
-        <v>912</v>
+        <v>844</v>
       </c>
       <c r="H214" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>913</v>
+        <v>845</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="B215" t="s">
-        <v>914</v>
+        <v>846</v>
       </c>
       <c r="C215" t="s">
-        <v>884</v>
+        <v>847</v>
       </c>
       <c r="D215" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E215" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="F215" t="s">
-        <v>915</v>
+        <v>848</v>
       </c>
       <c r="G215" t="s">
-        <v>916</v>
+        <v>849</v>
       </c>
       <c r="H215" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>917</v>
+        <v>850</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216">
-        <v>158</v>
+        <v>178</v>
       </c>
       <c r="B216" t="s">
-        <v>918</v>
+        <v>851</v>
       </c>
       <c r="C216" t="s">
-        <v>815</v>
+        <v>852</v>
       </c>
       <c r="D216" t="s">
-        <v>11</v>
+        <v>579</v>
       </c>
       <c r="E216" t="s">
-        <v>919</v>
+        <v>165</v>
       </c>
       <c r="F216" t="s">
-        <v>920</v>
+        <v>848</v>
       </c>
       <c r="G216" t="s">
-        <v>921</v>
+        <v>849</v>
       </c>
       <c r="H216" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>922</v>
+        <v>635</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217">
-        <v>157</v>
+        <v>177</v>
       </c>
       <c r="B217" t="s">
-        <v>923</v>
+        <v>853</v>
       </c>
       <c r="C217" t="s">
-        <v>632</v>
+        <v>854</v>
       </c>
       <c r="D217" t="s">
-        <v>11</v>
+        <v>579</v>
       </c>
       <c r="E217" t="s">
-        <v>638</v>
+        <v>165</v>
       </c>
       <c r="F217" t="s">
-        <v>924</v>
+        <v>855</v>
       </c>
       <c r="G217" t="s">
-        <v>925</v>
+        <v>849</v>
       </c>
       <c r="H217" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>926</v>
+        <v>856</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218">
-        <v>156</v>
+        <v>176</v>
       </c>
       <c r="B218" t="s">
-        <v>927</v>
+        <v>857</v>
       </c>
       <c r="C218" t="s">
-        <v>810</v>
+        <v>858</v>
       </c>
       <c r="D218" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E218" t="s">
-        <v>638</v>
+        <v>169</v>
       </c>
       <c r="F218" t="s">
-        <v>928</v>
+        <v>859</v>
+      </c>
+      <c r="G218" t="s">
+        <v>860</v>
       </c>
       <c r="H218" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>929</v>
+        <v>861</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219">
-        <v>155</v>
+        <v>175</v>
       </c>
       <c r="B219" t="s">
-        <v>930</v>
+        <v>862</v>
       </c>
       <c r="C219" t="s">
-        <v>931</v>
+        <v>863</v>
       </c>
       <c r="D219" t="s">
-        <v>18</v>
+        <v>579</v>
       </c>
       <c r="E219" t="s">
-        <v>932</v>
+        <v>165</v>
       </c>
       <c r="F219" t="s">
-        <v>933</v>
+        <v>864</v>
       </c>
       <c r="G219" t="s">
-        <v>934</v>
+        <v>865</v>
       </c>
       <c r="H219" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>935</v>
+        <v>866</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="B220" t="s">
-        <v>936</v>
+        <v>867</v>
       </c>
       <c r="C220" t="s">
-        <v>683</v>
+        <v>790</v>
       </c>
       <c r="D220" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E220" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="F220" t="s">
-        <v>937</v>
+        <v>868</v>
       </c>
       <c r="G220" t="s">
-        <v>938</v>
+        <v>865</v>
       </c>
       <c r="H220" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>939</v>
+        <v>869</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="B221" t="s">
-        <v>940</v>
+        <v>870</v>
       </c>
       <c r="C221" t="s">
-        <v>865</v>
+        <v>794</v>
       </c>
       <c r="D221" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E221" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="F221" t="s">
-        <v>941</v>
+        <v>871</v>
       </c>
       <c r="G221" t="s">
-        <v>938</v>
+        <v>872</v>
       </c>
       <c r="H221" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>942</v>
+        <v>873</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222">
-        <v>152</v>
+        <v>172</v>
       </c>
       <c r="B222" t="s">
-        <v>943</v>
+        <v>874</v>
       </c>
       <c r="C222" t="s">
-        <v>815</v>
+        <v>797</v>
       </c>
       <c r="D222" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E222" t="s">
-        <v>944</v>
+        <v>165</v>
       </c>
       <c r="F222" t="s">
-        <v>945</v>
+        <v>875</v>
+      </c>
+      <c r="G222" t="s">
+        <v>872</v>
       </c>
       <c r="H222" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>946</v>
+        <v>876</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="B223" t="s">
-        <v>947</v>
+        <v>877</v>
       </c>
       <c r="C223" t="s">
-        <v>810</v>
+        <v>878</v>
       </c>
       <c r="D223" t="s">
-        <v>551</v>
+        <v>19</v>
       </c>
       <c r="E223" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
       <c r="F223" t="s">
-        <v>948</v>
+        <v>879</v>
       </c>
       <c r="G223" t="s">
-        <v>949</v>
+        <v>880</v>
       </c>
       <c r="H223" t="s">
-        <v>750</v>
+        <v>59</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>608</v>
+        <v>881</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="B224" t="s">
-        <v>950</v>
+        <v>882</v>
       </c>
       <c r="C224" t="s">
-        <v>815</v>
+        <v>883</v>
       </c>
       <c r="D224" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E224" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="F224" t="s">
-        <v>951</v>
+        <v>884</v>
       </c>
       <c r="G224" t="s">
-        <v>949</v>
+        <v>885</v>
       </c>
       <c r="H224" t="s">
-        <v>750</v>
+        <v>771</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>843</v>
+        <v>886</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225">
-        <v>149</v>
+        <v>169</v>
       </c>
       <c r="B225" t="s">
-        <v>952</v>
+        <v>887</v>
       </c>
       <c r="C225" t="s">
-        <v>953</v>
+        <v>888</v>
       </c>
       <c r="D225" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E225" t="s">
-        <v>85</v>
+        <v>169</v>
       </c>
       <c r="F225" t="s">
-        <v>954</v>
+        <v>889</v>
       </c>
       <c r="G225" t="s">
-        <v>955</v>
+        <v>890</v>
       </c>
       <c r="H225" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>956</v>
+        <v>891</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="B226" t="s">
-        <v>957</v>
+        <v>892</v>
       </c>
       <c r="C226" t="s">
-        <v>953</v>
+        <v>825</v>
       </c>
       <c r="D226" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E226" t="s">
-        <v>85</v>
+        <v>535</v>
       </c>
       <c r="F226" t="s">
-        <v>958</v>
+        <v>893</v>
       </c>
       <c r="G226" t="s">
-        <v>959</v>
+        <v>894</v>
       </c>
       <c r="H226" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>960</v>
+        <v>895</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227">
-        <v>147</v>
+        <v>167</v>
       </c>
       <c r="B227" t="s">
-        <v>961</v>
+        <v>896</v>
       </c>
       <c r="C227" t="s">
-        <v>962</v>
+        <v>897</v>
       </c>
       <c r="D227" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E227" t="s">
-        <v>98</v>
+        <v>535</v>
       </c>
       <c r="F227" t="s">
-        <v>963</v>
+        <v>615</v>
       </c>
       <c r="G227" t="s">
-        <v>964</v>
+        <v>898</v>
       </c>
       <c r="H227" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>965</v>
+        <v>899</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228">
-        <v>146</v>
+        <v>166</v>
       </c>
       <c r="B228" t="s">
-        <v>966</v>
+        <v>900</v>
       </c>
       <c r="C228" t="s">
-        <v>632</v>
+        <v>811</v>
       </c>
       <c r="D228" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E228" t="s">
-        <v>967</v>
+        <v>187</v>
       </c>
       <c r="F228" t="s">
-        <v>968</v>
+        <v>901</v>
       </c>
       <c r="G228" t="s">
-        <v>969</v>
+        <v>902</v>
       </c>
       <c r="H228" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>970</v>
+        <v>903</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229">
-        <v>145</v>
+        <v>165</v>
       </c>
       <c r="B229" t="s">
-        <v>971</v>
+        <v>904</v>
       </c>
       <c r="C229" t="s">
-        <v>632</v>
+        <v>888</v>
       </c>
       <c r="D229" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E229" t="s">
-        <v>972</v>
+        <v>187</v>
       </c>
       <c r="F229" t="s">
-        <v>973</v>
+        <v>905</v>
       </c>
       <c r="G229" t="s">
-        <v>974</v>
+        <v>906</v>
       </c>
       <c r="H229" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>975</v>
+        <v>907</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="B230" t="s">
-        <v>976</v>
+        <v>908</v>
       </c>
       <c r="C230" t="s">
-        <v>394</v>
+        <v>707</v>
       </c>
       <c r="D230" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E230" t="s">
-        <v>972</v>
+        <v>535</v>
       </c>
       <c r="F230" t="s">
-        <v>977</v>
+        <v>909</v>
       </c>
       <c r="G230" t="s">
-        <v>978</v>
+        <v>910</v>
       </c>
       <c r="H230" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>979</v>
+        <v>911</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="B231" t="s">
-        <v>980</v>
+        <v>912</v>
       </c>
       <c r="C231" t="s">
-        <v>394</v>
+        <v>816</v>
       </c>
       <c r="D231" t="s">
-        <v>224</v>
+        <v>579</v>
       </c>
       <c r="E231" t="s">
-        <v>85</v>
+        <v>187</v>
       </c>
       <c r="F231" t="s">
-        <v>741</v>
+        <v>913</v>
       </c>
       <c r="G231" t="s">
-        <v>981</v>
+        <v>910</v>
       </c>
       <c r="H231" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>982</v>
+        <v>914</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="B232" t="s">
-        <v>983</v>
+        <v>915</v>
       </c>
       <c r="C232" t="s">
-        <v>394</v>
+        <v>858</v>
       </c>
       <c r="D232" t="s">
-        <v>11</v>
+        <v>579</v>
       </c>
       <c r="E232" t="s">
-        <v>638</v>
+        <v>187</v>
       </c>
       <c r="F232" t="s">
-        <v>984</v>
+        <v>916</v>
       </c>
       <c r="G232" t="s">
-        <v>985</v>
+        <v>906</v>
       </c>
       <c r="H232" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>986</v>
+        <v>917</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="B233" t="s">
-        <v>987</v>
+        <v>918</v>
       </c>
       <c r="C233" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="D233" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E233" t="s">
-        <v>638</v>
+        <v>187</v>
       </c>
       <c r="F233" t="s">
-        <v>988</v>
+        <v>615</v>
       </c>
       <c r="G233" t="s">
-        <v>985</v>
+        <v>919</v>
       </c>
       <c r="H233" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>989</v>
+        <v>920</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="B234" t="s">
-        <v>990</v>
+        <v>921</v>
       </c>
       <c r="C234" t="s">
-        <v>991</v>
+        <v>883</v>
       </c>
       <c r="D234" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E234" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F234" t="s">
-        <v>992</v>
+        <v>922</v>
       </c>
       <c r="G234" t="s">
-        <v>993</v>
+        <v>923</v>
       </c>
       <c r="H234" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>994</v>
+        <v>924</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="B235" t="s">
-        <v>995</v>
+        <v>925</v>
       </c>
       <c r="C235" t="s">
-        <v>962</v>
+        <v>897</v>
       </c>
       <c r="D235" t="s">
-        <v>11</v>
+        <v>579</v>
       </c>
       <c r="E235" t="s">
-        <v>996</v>
+        <v>187</v>
       </c>
       <c r="F235" t="s">
-        <v>997</v>
+        <v>926</v>
       </c>
       <c r="G235" t="s">
-        <v>998</v>
+        <v>927</v>
       </c>
       <c r="H235" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>999</v>
+        <v>928</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="B236" t="s">
-        <v>1000</v>
+        <v>929</v>
       </c>
       <c r="C236" t="s">
-        <v>1001</v>
+        <v>830</v>
       </c>
       <c r="D236" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="E236" t="s">
-        <v>85</v>
+        <v>930</v>
       </c>
       <c r="F236" t="s">
-        <v>1002</v>
+        <v>931</v>
       </c>
       <c r="G236" t="s">
-        <v>1003</v>
+        <v>932</v>
       </c>
       <c r="H236" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>1004</v>
+        <v>933</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="B237" t="s">
-        <v>1005</v>
+        <v>934</v>
       </c>
       <c r="C237" t="s">
-        <v>1006</v>
+        <v>658</v>
       </c>
       <c r="D237" t="s">
-        <v>551</v>
+        <v>19</v>
       </c>
       <c r="E237" t="s">
-        <v>124</v>
+        <v>664</v>
       </c>
       <c r="F237" t="s">
-        <v>1007</v>
+        <v>935</v>
       </c>
       <c r="G237" t="s">
-        <v>1008</v>
+        <v>936</v>
       </c>
       <c r="H237" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>1009</v>
+        <v>937</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="B238" t="s">
-        <v>1010</v>
+        <v>938</v>
       </c>
       <c r="C238" t="s">
-        <v>1011</v>
+        <v>825</v>
       </c>
       <c r="D238" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E238" t="s">
-        <v>124</v>
+        <v>664</v>
       </c>
       <c r="F238" t="s">
-        <v>1012</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>939</v>
       </c>
       <c r="H238" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>1014</v>
+        <v>940</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="B239" t="s">
-        <v>1015</v>
+        <v>941</v>
       </c>
       <c r="C239" t="s">
-        <v>1016</v>
+        <v>942</v>
       </c>
       <c r="D239" t="s">
-        <v>551</v>
+        <v>11</v>
       </c>
       <c r="E239" t="s">
-        <v>124</v>
+        <v>943</v>
       </c>
       <c r="F239" t="s">
-        <v>1017</v>
+        <v>944</v>
       </c>
       <c r="G239" t="s">
-        <v>1013</v>
+        <v>945</v>
       </c>
       <c r="H239" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>1018</v>
+        <v>946</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="B240" t="s">
-        <v>1019</v>
+        <v>947</v>
       </c>
       <c r="C240" t="s">
-        <v>962</v>
+        <v>707</v>
       </c>
       <c r="D240" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E240" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F240" t="s">
-        <v>1020</v>
+        <v>948</v>
       </c>
       <c r="G240" t="s">
-        <v>1021</v>
+        <v>949</v>
       </c>
       <c r="H240" t="s">
-        <v>411</v>
+        <v>59</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1022</v>
+        <v>950</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="B241" t="s">
-        <v>1023</v>
+        <v>951</v>
       </c>
       <c r="C241" t="s">
+        <v>878</v>
+      </c>
+      <c r="D241" t="s">
+        <v>579</v>
+      </c>
+      <c r="E241" t="s">
+        <v>187</v>
+      </c>
+      <c r="F241" t="s">
+        <v>952</v>
+      </c>
+      <c r="G241" t="s">
+        <v>949</v>
+      </c>
+      <c r="H241" t="s">
+        <v>59</v>
+      </c>
+      <c r="I241" s="1" t="s">
         <v>953</v>
-      </c>
-[...13 lines deleted...]
-        <v>1025</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="B242" t="s">
-        <v>1026</v>
+        <v>954</v>
       </c>
       <c r="C242" t="s">
-        <v>1027</v>
+        <v>830</v>
       </c>
       <c r="D242" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E242" t="s">
-        <v>124</v>
+        <v>955</v>
       </c>
       <c r="F242" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-        <v>1029</v>
+        <v>766</v>
       </c>
       <c r="H242" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1030</v>
+        <v>956</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="B243" t="s">
-        <v>1031</v>
+        <v>957</v>
       </c>
       <c r="C243" t="s">
-        <v>1032</v>
+        <v>825</v>
       </c>
       <c r="D243" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E243" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
       <c r="F243" t="s">
-        <v>1033</v>
+        <v>958</v>
       </c>
       <c r="G243" t="s">
-        <v>1034</v>
+        <v>959</v>
       </c>
       <c r="H243" t="s">
-        <v>21</v>
+        <v>771</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1035</v>
+        <v>635</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="B244" t="s">
-        <v>1036</v>
+        <v>960</v>
       </c>
       <c r="C244" t="s">
-        <v>1037</v>
+        <v>830</v>
       </c>
       <c r="D244" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E244" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
       <c r="F244" t="s">
-        <v>1038</v>
+        <v>958</v>
       </c>
       <c r="G244" t="s">
-        <v>1039</v>
+        <v>959</v>
       </c>
       <c r="H244" t="s">
-        <v>21</v>
+        <v>771</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1040</v>
+        <v>856</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="B245" t="s">
-        <v>1041</v>
+        <v>961</v>
       </c>
       <c r="C245" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
-        <v>12</v>
+        <v>154</v>
       </c>
       <c r="F245" t="s">
-        <v>1042</v>
+        <v>963</v>
       </c>
       <c r="G245" t="s">
-        <v>1043</v>
+        <v>964</v>
       </c>
       <c r="H245" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1044</v>
+        <v>965</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246">
-        <v>128</v>
+        <v>148</v>
       </c>
       <c r="B246" t="s">
-        <v>1045</v>
+        <v>966</v>
       </c>
       <c r="C246" t="s">
-        <v>1046</v>
+        <v>962</v>
       </c>
       <c r="D246" t="s">
-        <v>551</v>
+        <v>62</v>
       </c>
       <c r="E246" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="F246" t="s">
-        <v>1047</v>
+        <v>510</v>
       </c>
       <c r="G246" t="s">
-        <v>1048</v>
+        <v>967</v>
       </c>
       <c r="H246" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1030</v>
+        <v>968</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="B247" t="s">
-        <v>1049</v>
+        <v>969</v>
       </c>
       <c r="C247" t="s">
-        <v>1050</v>
+        <v>970</v>
       </c>
       <c r="D247" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E247" t="s">
-        <v>561</v>
+        <v>165</v>
       </c>
       <c r="F247" t="s">
-        <v>1051</v>
+        <v>971</v>
       </c>
       <c r="G247" t="s">
-        <v>1052</v>
+        <v>972</v>
       </c>
       <c r="H247" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>1053</v>
+        <v>973</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="B248" t="s">
-        <v>1054</v>
+        <v>974</v>
       </c>
       <c r="C248" t="s">
-        <v>1055</v>
+        <v>658</v>
       </c>
       <c r="D248" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E248" t="s">
-        <v>561</v>
+        <v>975</v>
       </c>
       <c r="F248" t="s">
-        <v>1056</v>
+        <v>976</v>
       </c>
       <c r="G248" t="s">
-        <v>934</v>
+        <v>977</v>
       </c>
       <c r="H248" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1057</v>
+        <v>978</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249">
-        <v>123</v>
+        <v>145</v>
       </c>
       <c r="B249" t="s">
-        <v>1058</v>
+        <v>979</v>
       </c>
       <c r="C249" t="s">
-        <v>962</v>
+        <v>658</v>
       </c>
       <c r="D249" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E249" t="s">
-        <v>124</v>
+        <v>980</v>
       </c>
       <c r="F249" t="s">
-        <v>1059</v>
+        <v>981</v>
       </c>
       <c r="G249" t="s">
-        <v>1060</v>
+        <v>982</v>
       </c>
       <c r="H249" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>1061</v>
+        <v>983</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250">
-        <v>122</v>
+        <v>144</v>
       </c>
       <c r="B250" t="s">
-        <v>1062</v>
+        <v>984</v>
       </c>
       <c r="C250" t="s">
-        <v>931</v>
+        <v>429</v>
       </c>
       <c r="D250" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E250" t="s">
-        <v>792</v>
+        <v>980</v>
       </c>
       <c r="F250" t="s">
-        <v>1063</v>
+        <v>985</v>
       </c>
       <c r="G250" t="s">
-        <v>1064</v>
+        <v>986</v>
       </c>
       <c r="H250" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1065</v>
+        <v>987</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="B251" t="s">
-        <v>1066</v>
+        <v>988</v>
       </c>
       <c r="C251" t="s">
-        <v>1067</v>
+        <v>429</v>
       </c>
       <c r="D251" t="s">
-        <v>505</v>
+        <v>274</v>
       </c>
       <c r="E251" t="s">
-        <v>792</v>
+        <v>154</v>
       </c>
       <c r="F251" t="s">
-        <v>1068</v>
+        <v>762</v>
       </c>
       <c r="G251" t="s">
-        <v>1069</v>
+        <v>989</v>
       </c>
       <c r="H251" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>1070</v>
+        <v>990</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="B252" t="s">
-        <v>1071</v>
+        <v>991</v>
       </c>
       <c r="C252" t="s">
-        <v>1001</v>
+        <v>429</v>
       </c>
       <c r="D252" t="s">
-        <v>505</v>
+        <v>19</v>
       </c>
       <c r="E252" t="s">
-        <v>561</v>
+        <v>664</v>
       </c>
       <c r="F252" t="s">
-        <v>1072</v>
+        <v>992</v>
       </c>
       <c r="G252" t="s">
-        <v>1024</v>
+        <v>993</v>
       </c>
       <c r="H252" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>1073</v>
+        <v>994</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="B253" t="s">
-        <v>1074</v>
+        <v>995</v>
       </c>
       <c r="C253" t="s">
-        <v>1075</v>
+        <v>878</v>
       </c>
       <c r="D253" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E253" t="s">
-        <v>561</v>
+        <v>664</v>
       </c>
       <c r="F253" t="s">
-        <v>1076</v>
+        <v>996</v>
       </c>
       <c r="G253" t="s">
-        <v>1077</v>
+        <v>993</v>
       </c>
       <c r="H253" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>1078</v>
+        <v>997</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="B254" t="s">
-        <v>1079</v>
+        <v>998</v>
       </c>
       <c r="C254" t="s">
-        <v>1080</v>
+        <v>999</v>
       </c>
       <c r="D254" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E254" t="s">
-        <v>561</v>
+        <v>187</v>
       </c>
       <c r="F254" t="s">
-        <v>1081</v>
+        <v>884</v>
       </c>
       <c r="G254" t="s">
-        <v>1077</v>
+        <v>1000</v>
       </c>
       <c r="H254" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1082</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="B255" t="s">
-        <v>1083</v>
+        <v>1002</v>
       </c>
       <c r="C255" t="s">
-        <v>1084</v>
+        <v>970</v>
       </c>
       <c r="D255" t="s">
-        <v>505</v>
+        <v>19</v>
       </c>
       <c r="E255" t="s">
-        <v>561</v>
+        <v>1003</v>
       </c>
       <c r="F255" t="s">
-        <v>1085</v>
+        <v>893</v>
       </c>
       <c r="G255" t="s">
-        <v>1086</v>
+        <v>1004</v>
       </c>
       <c r="H255" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1087</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="B256" t="s">
-        <v>1088</v>
+        <v>1006</v>
       </c>
       <c r="C256" t="s">
-        <v>1027</v>
+        <v>1007</v>
       </c>
       <c r="D256" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E256" t="s">
-        <v>561</v>
+        <v>154</v>
       </c>
       <c r="F256" t="s">
-        <v>1089</v>
+        <v>1008</v>
       </c>
       <c r="G256" t="s">
-        <v>1090</v>
+        <v>1009</v>
       </c>
       <c r="H256" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1091</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="B257" t="s">
-        <v>1092</v>
+        <v>1011</v>
       </c>
       <c r="C257" t="s">
-        <v>1001</v>
+        <v>1012</v>
       </c>
       <c r="D257" t="s">
-        <v>11</v>
+        <v>579</v>
       </c>
       <c r="E257" t="s">
-        <v>293</v>
+        <v>187</v>
       </c>
       <c r="F257" t="s">
-        <v>1093</v>
+        <v>1013</v>
       </c>
       <c r="G257" t="s">
-        <v>1094</v>
+        <v>1014</v>
       </c>
       <c r="H257" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1095</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258">
-        <v>114</v>
+        <v>136</v>
       </c>
       <c r="B258" t="s">
-        <v>1096</v>
+        <v>1016</v>
       </c>
       <c r="C258" t="s">
-        <v>1084</v>
+        <v>1017</v>
       </c>
       <c r="D258" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E258" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F258" t="s">
-        <v>1097</v>
+        <v>1018</v>
       </c>
       <c r="G258" t="s">
-        <v>1098</v>
+        <v>1019</v>
       </c>
       <c r="H258" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1099</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259">
-        <v>113</v>
+        <v>135</v>
       </c>
       <c r="B259" t="s">
-        <v>1100</v>
+        <v>1021</v>
       </c>
       <c r="C259" t="s">
-        <v>991</v>
+        <v>1022</v>
       </c>
       <c r="D259" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E259" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F259" t="s">
-        <v>1101</v>
+        <v>1023</v>
       </c>
       <c r="G259" t="s">
-        <v>1102</v>
+        <v>1019</v>
       </c>
       <c r="H259" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1103</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="B260" t="s">
-        <v>1104</v>
+        <v>1025</v>
       </c>
       <c r="C260" t="s">
-        <v>1037</v>
+        <v>970</v>
       </c>
       <c r="D260" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E260" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F260" t="s">
-        <v>1063</v>
+        <v>766</v>
       </c>
       <c r="G260" t="s">
-        <v>1105</v>
+        <v>1026</v>
       </c>
       <c r="H260" t="s">
-        <v>21</v>
+        <v>449</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1106</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="B261" t="s">
-        <v>1107</v>
+        <v>1028</v>
       </c>
       <c r="C261" t="s">
-        <v>1067</v>
+        <v>962</v>
       </c>
       <c r="D261" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E261" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F261" t="s">
-        <v>1108</v>
+        <v>766</v>
       </c>
       <c r="G261" t="s">
         <v>1029</v>
       </c>
-      <c r="H261" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I261" s="1" t="s">
-        <v>1109</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="B262" t="s">
-        <v>1110</v>
+        <v>1031</v>
       </c>
       <c r="C262" t="s">
-        <v>1001</v>
+        <v>1032</v>
       </c>
       <c r="D262" t="s">
-        <v>18</v>
+        <v>579</v>
       </c>
       <c r="E262" t="s">
-        <v>293</v>
+        <v>187</v>
       </c>
       <c r="F262" t="s">
-        <v>1111</v>
+        <v>1033</v>
       </c>
       <c r="G262" t="s">
-        <v>1112</v>
+        <v>1034</v>
       </c>
       <c r="H262" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1113</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="B263" t="s">
-        <v>1114</v>
+        <v>1036</v>
       </c>
       <c r="C263" t="s">
-        <v>1050</v>
+        <v>1037</v>
       </c>
       <c r="D263" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E263" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="F263" t="s">
-        <v>1115</v>
+        <v>1038</v>
       </c>
       <c r="G263" t="s">
-        <v>1116</v>
+        <v>1039</v>
       </c>
       <c r="H263" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1117</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264">
-        <v>108</v>
+        <v>130</v>
       </c>
       <c r="B264" t="s">
-        <v>1118</v>
+        <v>1041</v>
       </c>
       <c r="C264" t="s">
-        <v>1055</v>
+        <v>1042</v>
       </c>
       <c r="D264" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E264" t="s">
-        <v>1119</v>
+        <v>165</v>
       </c>
       <c r="F264" t="s">
-        <v>1120</v>
+        <v>585</v>
       </c>
       <c r="G264" t="s">
-        <v>1121</v>
+        <v>1043</v>
       </c>
       <c r="H264" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1122</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="B265" t="s">
-        <v>1123</v>
+        <v>1045</v>
       </c>
       <c r="C265" t="s">
-        <v>1124</v>
+        <v>962</v>
       </c>
       <c r="D265" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E265" t="s">
-        <v>124</v>
+        <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>1125</v>
+        <v>893</v>
       </c>
       <c r="G265" t="s">
-        <v>1126</v>
+        <v>1046</v>
       </c>
       <c r="H265" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1127</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B266" t="s">
-        <v>1128</v>
+        <v>1048</v>
       </c>
       <c r="C266" t="s">
-        <v>1129</v>
+        <v>1049</v>
       </c>
       <c r="D266" t="s">
-        <v>11</v>
+        <v>579</v>
       </c>
       <c r="E266" t="s">
-        <v>1130</v>
+        <v>187</v>
       </c>
       <c r="F266" t="s">
-        <v>1131</v>
+        <v>1050</v>
       </c>
       <c r="G266" t="s">
-        <v>1132</v>
+        <v>1051</v>
       </c>
       <c r="H266" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1133</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="B267" t="s">
-        <v>1134</v>
+        <v>1052</v>
       </c>
       <c r="C267" t="s">
-        <v>1135</v>
+        <v>1053</v>
       </c>
       <c r="D267" t="s">
-        <v>11</v>
+        <v>534</v>
       </c>
       <c r="E267" t="s">
-        <v>561</v>
+        <v>589</v>
       </c>
       <c r="F267" t="s">
-        <v>1136</v>
+        <v>1054</v>
       </c>
       <c r="G267" t="s">
-        <v>1137</v>
+        <v>1055</v>
       </c>
       <c r="H267" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1138</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="B268" t="s">
-        <v>1139</v>
+        <v>1057</v>
       </c>
       <c r="C268" t="s">
-        <v>1140</v>
+        <v>1058</v>
       </c>
       <c r="D268" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E268" t="s">
-        <v>124</v>
+        <v>589</v>
       </c>
       <c r="F268" t="s">
-        <v>1141</v>
+        <v>1059</v>
       </c>
       <c r="G268" t="s">
-        <v>1142</v>
+        <v>945</v>
       </c>
       <c r="H268" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1143</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="B269" t="s">
-        <v>1144</v>
+        <v>1061</v>
       </c>
       <c r="C269" t="s">
-        <v>1145</v>
+        <v>970</v>
       </c>
       <c r="D269" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E269" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F269" t="s">
-        <v>1146</v>
+        <v>1062</v>
       </c>
       <c r="G269" t="s">
-        <v>1142</v>
+        <v>1063</v>
       </c>
       <c r="H269" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1147</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="B270" t="s">
-        <v>1148</v>
+        <v>1065</v>
       </c>
       <c r="C270" t="s">
-        <v>1149</v>
+        <v>942</v>
       </c>
       <c r="D270" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E270" t="s">
-        <v>1119</v>
+        <v>808</v>
       </c>
       <c r="F270" t="s">
-        <v>1150</v>
+        <v>1066</v>
       </c>
       <c r="G270" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="H270" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1151</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="B271" t="s">
-        <v>1152</v>
+        <v>1069</v>
       </c>
       <c r="C271" t="s">
-        <v>407</v>
+        <v>1070</v>
       </c>
       <c r="D271" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E271" t="s">
-        <v>561</v>
+        <v>808</v>
       </c>
       <c r="F271" t="s">
-        <v>1153</v>
+        <v>1071</v>
       </c>
       <c r="G271" t="s">
-        <v>1154</v>
+        <v>1072</v>
       </c>
       <c r="H271" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1155</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="B272" t="s">
-        <v>1156</v>
+        <v>1074</v>
       </c>
       <c r="C272" t="s">
-        <v>1124</v>
+        <v>1007</v>
       </c>
       <c r="D272" t="s">
-        <v>79</v>
+        <v>534</v>
       </c>
       <c r="E272" t="s">
-        <v>85</v>
+        <v>589</v>
       </c>
       <c r="F272" t="s">
-        <v>1157</v>
+        <v>1075</v>
       </c>
       <c r="G272" t="s">
-        <v>1158</v>
+        <v>1029</v>
       </c>
       <c r="H272" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1159</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="B273" t="s">
-        <v>1160</v>
+        <v>1077</v>
       </c>
       <c r="C273" t="s">
-        <v>1161</v>
+        <v>1078</v>
       </c>
       <c r="D273" t="s">
-        <v>79</v>
+        <v>534</v>
       </c>
       <c r="E273" t="s">
-        <v>932</v>
+        <v>589</v>
       </c>
       <c r="F273" t="s">
-        <v>1162</v>
+        <v>1054</v>
       </c>
       <c r="G273" t="s">
-        <v>1163</v>
+        <v>1079</v>
       </c>
       <c r="H273" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1164</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="B274" t="s">
-        <v>1165</v>
+        <v>1081</v>
       </c>
       <c r="C274" t="s">
-        <v>407</v>
+        <v>1082</v>
       </c>
       <c r="D274" t="s">
-        <v>79</v>
+        <v>534</v>
       </c>
       <c r="E274" t="s">
-        <v>932</v>
+        <v>589</v>
       </c>
       <c r="F274" t="s">
-        <v>1166</v>
+        <v>1054</v>
       </c>
       <c r="G274" t="s">
-        <v>1163</v>
+        <v>1079</v>
       </c>
       <c r="H274" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>1167</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275">
-        <v>97</v>
+        <v>117</v>
       </c>
       <c r="B275" t="s">
-        <v>1168</v>
+        <v>1084</v>
       </c>
       <c r="C275" t="s">
-        <v>1169</v>
+        <v>1085</v>
       </c>
       <c r="D275" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E275" t="s">
-        <v>124</v>
+        <v>589</v>
       </c>
       <c r="F275" t="s">
-        <v>1170</v>
+        <v>1054</v>
       </c>
       <c r="G275" t="s">
-        <v>1171</v>
+        <v>1086</v>
       </c>
       <c r="H275" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1172</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="B276" t="s">
-        <v>1173</v>
+        <v>1088</v>
       </c>
       <c r="C276" t="s">
-        <v>1129</v>
+        <v>1032</v>
       </c>
       <c r="D276" t="s">
-        <v>18</v>
+        <v>534</v>
       </c>
       <c r="E276" t="s">
-        <v>1174</v>
+        <v>589</v>
       </c>
       <c r="F276" t="s">
-        <v>1175</v>
+        <v>798</v>
       </c>
       <c r="G276" t="s">
-        <v>1176</v>
+        <v>1089</v>
       </c>
       <c r="H276" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1177</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="B277" t="s">
-        <v>1178</v>
+        <v>1091</v>
       </c>
       <c r="C277" t="s">
-        <v>1135</v>
+        <v>1007</v>
       </c>
       <c r="D277" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E277" t="s">
-        <v>293</v>
+        <v>339</v>
       </c>
       <c r="F277" t="s">
-        <v>1179</v>
+        <v>1092</v>
       </c>
       <c r="G277" t="s">
-        <v>1180</v>
+        <v>1093</v>
       </c>
       <c r="H277" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1181</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="B278" t="s">
-        <v>1182</v>
+        <v>1095</v>
       </c>
       <c r="C278" t="s">
-        <v>953</v>
+        <v>1085</v>
       </c>
       <c r="D278" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E278" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F278" t="s">
-        <v>1183</v>
+        <v>1096</v>
       </c>
       <c r="G278" t="s">
-        <v>1184</v>
+        <v>1097</v>
       </c>
       <c r="H278" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1185</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="B279" t="s">
-        <v>1186</v>
+        <v>1099</v>
       </c>
       <c r="C279" t="s">
-        <v>1187</v>
+        <v>999</v>
       </c>
       <c r="D279" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E279" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F279" t="s">
-        <v>1188</v>
+        <v>1100</v>
       </c>
       <c r="G279" t="s">
-        <v>1189</v>
+        <v>1101</v>
       </c>
       <c r="H279" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1190</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="B280" t="s">
-        <v>1191</v>
+        <v>1103</v>
       </c>
       <c r="C280" t="s">
-        <v>1169</v>
+        <v>1042</v>
       </c>
       <c r="D280" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E280" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F280" t="s">
-        <v>1192</v>
+        <v>1066</v>
       </c>
       <c r="G280" t="s">
-        <v>1189</v>
+        <v>1104</v>
       </c>
       <c r="H280" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1193</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="B281" t="s">
-        <v>1194</v>
+        <v>1106</v>
       </c>
       <c r="C281" t="s">
-        <v>1129</v>
+        <v>1070</v>
       </c>
       <c r="D281" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E281" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="F281" t="s">
-        <v>1028</v>
+        <v>1107</v>
       </c>
       <c r="G281" t="s">
-        <v>1195</v>
+        <v>1034</v>
       </c>
       <c r="H281" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1196</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="B282" t="s">
-        <v>1197</v>
+        <v>1109</v>
       </c>
       <c r="C282" t="s">
-        <v>1135</v>
+        <v>1007</v>
       </c>
       <c r="D282" t="s">
-        <v>551</v>
+        <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>124</v>
+        <v>339</v>
       </c>
       <c r="F282" t="s">
-        <v>1198</v>
+        <v>1110</v>
       </c>
       <c r="G282" t="s">
-        <v>1195</v>
+        <v>1111</v>
       </c>
       <c r="H282" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1199</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283">
-        <v>89</v>
+        <v>109</v>
       </c>
       <c r="B283" t="s">
-        <v>1200</v>
+        <v>1113</v>
       </c>
       <c r="C283" t="s">
-        <v>1149</v>
+        <v>1053</v>
       </c>
       <c r="D283" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E283" t="s">
-        <v>12</v>
+        <v>187</v>
       </c>
       <c r="F283" t="s">
-        <v>1201</v>
+        <v>1114</v>
       </c>
       <c r="G283" t="s">
-        <v>1202</v>
+        <v>1115</v>
       </c>
       <c r="H283" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1203</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="B284" t="s">
-        <v>1204</v>
+        <v>1117</v>
       </c>
       <c r="C284" t="s">
-        <v>1169</v>
+        <v>1058</v>
       </c>
       <c r="D284" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E284" t="s">
-        <v>649</v>
+        <v>1118</v>
       </c>
       <c r="F284" t="s">
-        <v>1205</v>
+        <v>1119</v>
       </c>
       <c r="G284" t="s">
-        <v>1171</v>
+        <v>1120</v>
       </c>
       <c r="H284" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1206</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285">
-        <v>87</v>
+        <v>107</v>
       </c>
       <c r="B285" t="s">
-        <v>1207</v>
+        <v>1122</v>
       </c>
       <c r="C285" t="s">
-        <v>1208</v>
+        <v>1123</v>
       </c>
       <c r="D285" t="s">
-        <v>505</v>
+        <v>19</v>
       </c>
       <c r="E285" t="s">
-        <v>561</v>
+        <v>187</v>
       </c>
       <c r="F285" t="s">
-        <v>1209</v>
+        <v>1124</v>
       </c>
       <c r="G285" t="s">
-        <v>1158</v>
+        <v>1125</v>
       </c>
       <c r="H285" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1210</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="B286" t="s">
-        <v>1211</v>
+        <v>1127</v>
       </c>
       <c r="C286" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D286" t="s">
+        <v>19</v>
+      </c>
+      <c r="E286" t="s">
         <v>1129</v>
       </c>
-      <c r="D286" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F286" t="s">
-        <v>1212</v>
+        <v>1130</v>
       </c>
       <c r="G286" t="s">
-        <v>1213</v>
+        <v>1131</v>
       </c>
       <c r="H286" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1214</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="B287" t="s">
-        <v>1215</v>
+        <v>1133</v>
       </c>
       <c r="C287" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D287" t="s">
+        <v>19</v>
+      </c>
+      <c r="E287" t="s">
+        <v>589</v>
+      </c>
+      <c r="F287" t="s">
         <v>1135</v>
       </c>
-      <c r="D287" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G287" t="s">
-        <v>1216</v>
+        <v>1136</v>
       </c>
       <c r="H287" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1217</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="B288" t="s">
-        <v>1218</v>
+        <v>1138</v>
       </c>
       <c r="C288" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="D288" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E288" t="s">
-        <v>967</v>
+        <v>187</v>
       </c>
       <c r="F288" t="s">
-        <v>1219</v>
+        <v>1140</v>
       </c>
       <c r="G288" t="s">
-        <v>1220</v>
+        <v>1141</v>
       </c>
       <c r="H288" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1221</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="B289" t="s">
-        <v>1222</v>
+        <v>1143</v>
       </c>
       <c r="C289" t="s">
-        <v>1223</v>
+        <v>1144</v>
       </c>
       <c r="D289" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E289" t="s">
-        <v>1224</v>
+        <v>187</v>
       </c>
       <c r="F289" t="s">
-        <v>1225</v>
+        <v>1145</v>
       </c>
       <c r="G289" t="s">
-        <v>1226</v>
+        <v>1141</v>
       </c>
       <c r="H289" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1227</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="B290" t="s">
-        <v>1228</v>
+        <v>1147</v>
       </c>
       <c r="C290" t="s">
-        <v>1229</v>
+        <v>1148</v>
       </c>
       <c r="D290" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E290" t="s">
-        <v>1230</v>
+        <v>1118</v>
       </c>
       <c r="F290" t="s">
-        <v>1231</v>
+        <v>1149</v>
       </c>
       <c r="G290" t="s">
-        <v>1232</v>
+        <v>1063</v>
       </c>
       <c r="H290" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1233</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="B291" t="s">
-        <v>1234</v>
+        <v>1151</v>
       </c>
       <c r="C291" t="s">
-        <v>1235</v>
+        <v>444</v>
       </c>
       <c r="D291" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E291" t="s">
-        <v>1236</v>
+        <v>589</v>
       </c>
       <c r="F291" t="s">
-        <v>1237</v>
+        <v>944</v>
       </c>
       <c r="G291" t="s">
-        <v>1238</v>
+        <v>1152</v>
       </c>
       <c r="H291" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1239</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="B292" t="s">
-        <v>1240</v>
+        <v>1154</v>
       </c>
       <c r="C292" t="s">
-        <v>1241</v>
+        <v>1123</v>
       </c>
       <c r="D292" t="s">
-        <v>551</v>
+        <v>62</v>
       </c>
       <c r="E292" t="s">
-        <v>98</v>
+        <v>154</v>
       </c>
       <c r="F292" t="s">
-        <v>1242</v>
+        <v>1155</v>
       </c>
       <c r="G292" t="s">
-        <v>1243</v>
+        <v>1156</v>
       </c>
       <c r="H292" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1244</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="B293" t="s">
-        <v>1245</v>
+        <v>1158</v>
       </c>
       <c r="C293" t="s">
-        <v>1246</v>
+        <v>1159</v>
       </c>
       <c r="D293" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E293" t="s">
-        <v>103</v>
+        <v>943</v>
       </c>
       <c r="F293" t="s">
-        <v>1247</v>
+        <v>1160</v>
       </c>
       <c r="G293" t="s">
-        <v>1248</v>
+        <v>1161</v>
       </c>
       <c r="H293" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1249</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="B294" t="s">
-        <v>1250</v>
+        <v>1163</v>
       </c>
       <c r="C294" t="s">
-        <v>1251</v>
+        <v>444</v>
       </c>
       <c r="D294" t="s">
-        <v>505</v>
+        <v>62</v>
       </c>
       <c r="E294" t="s">
-        <v>103</v>
+        <v>943</v>
       </c>
       <c r="F294" t="s">
-        <v>1252</v>
+        <v>1164</v>
       </c>
       <c r="G294" t="s">
-        <v>1248</v>
+        <v>1161</v>
       </c>
       <c r="H294" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>1253</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="B295" t="s">
-        <v>1254</v>
+        <v>1166</v>
       </c>
       <c r="C295" t="s">
-        <v>1255</v>
+        <v>1167</v>
       </c>
       <c r="D295" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E295" t="s">
-        <v>1256</v>
+        <v>187</v>
       </c>
       <c r="F295" t="s">
-        <v>1257</v>
+        <v>1168</v>
       </c>
       <c r="G295" t="s">
-        <v>1258</v>
+        <v>1169</v>
       </c>
       <c r="H295" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>843</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="B296" t="s">
-        <v>1259</v>
+        <v>1171</v>
       </c>
       <c r="C296" t="s">
-        <v>1260</v>
+        <v>1128</v>
       </c>
       <c r="D296" t="s">
-        <v>551</v>
+        <v>11</v>
       </c>
       <c r="E296" t="s">
-        <v>98</v>
+        <v>1172</v>
       </c>
       <c r="F296" t="s">
-        <v>1261</v>
+        <v>1173</v>
       </c>
       <c r="G296" t="s">
-        <v>1262</v>
+        <v>1174</v>
       </c>
       <c r="H296" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1263</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="B297" t="s">
-        <v>1264</v>
+        <v>1176</v>
       </c>
       <c r="C297" t="s">
-        <v>1265</v>
+        <v>1134</v>
       </c>
       <c r="D297" t="s">
-        <v>505</v>
+        <v>11</v>
       </c>
       <c r="E297" t="s">
-        <v>98</v>
+        <v>339</v>
       </c>
       <c r="F297" t="s">
-        <v>1266</v>
+        <v>1177</v>
       </c>
       <c r="G297" t="s">
-        <v>1267</v>
+        <v>1178</v>
       </c>
       <c r="H297" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1268</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="B298" t="s">
-        <v>1269</v>
+        <v>1180</v>
       </c>
       <c r="C298" t="s">
-        <v>1270</v>
+        <v>962</v>
       </c>
       <c r="D298" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E298" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="F298" t="s">
-        <v>1271</v>
+        <v>1181</v>
       </c>
       <c r="G298" t="s">
-        <v>1272</v>
+        <v>1182</v>
       </c>
       <c r="H298" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1273</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="B299" t="s">
-        <v>1274</v>
+        <v>1184</v>
       </c>
       <c r="C299" t="s">
-        <v>1275</v>
+        <v>1185</v>
       </c>
       <c r="D299" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E299" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="F299" t="s">
-        <v>1276</v>
+        <v>1186</v>
       </c>
       <c r="G299" t="s">
-        <v>1277</v>
+        <v>1187</v>
       </c>
       <c r="H299" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1278</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="B300" t="s">
-        <v>1279</v>
+        <v>1189</v>
       </c>
       <c r="C300" t="s">
-        <v>1280</v>
+        <v>1167</v>
       </c>
       <c r="D300" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E300" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="F300" t="s">
-        <v>1281</v>
+        <v>1190</v>
       </c>
       <c r="G300" t="s">
-        <v>1282</v>
+        <v>1187</v>
+      </c>
+      <c r="H300" t="s">
+        <v>59</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1273</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="B301" t="s">
-        <v>1283</v>
+        <v>1192</v>
       </c>
       <c r="C301" t="s">
-        <v>1284</v>
+        <v>1128</v>
       </c>
       <c r="D301" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E301" t="s">
-        <v>1285</v>
+        <v>187</v>
       </c>
       <c r="F301" t="s">
-        <v>1286</v>
+        <v>1033</v>
       </c>
       <c r="G301" t="s">
-        <v>1287</v>
+        <v>1193</v>
       </c>
       <c r="H301" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1288</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="B302" t="s">
-        <v>1289</v>
+        <v>1195</v>
       </c>
       <c r="C302" t="s">
-        <v>1290</v>
+        <v>1134</v>
       </c>
       <c r="D302" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E302" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="F302" t="s">
-        <v>1291</v>
+        <v>1196</v>
       </c>
       <c r="G302" t="s">
-        <v>1292</v>
+        <v>1193</v>
       </c>
       <c r="H302" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1293</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="B303" t="s">
-        <v>1294</v>
+        <v>1198</v>
       </c>
       <c r="C303" t="s">
-        <v>1229</v>
+        <v>1148</v>
       </c>
       <c r="D303" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E303" t="s">
-        <v>293</v>
+        <v>12</v>
       </c>
       <c r="F303" t="s">
-        <v>1295</v>
+        <v>1124</v>
       </c>
       <c r="G303" t="s">
-        <v>1296</v>
+        <v>1199</v>
       </c>
       <c r="H303" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1297</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="B304" t="s">
-        <v>1298</v>
+        <v>1201</v>
       </c>
       <c r="C304" t="s">
-        <v>1299</v>
+        <v>1167</v>
       </c>
       <c r="D304" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E304" t="s">
-        <v>1300</v>
+        <v>674</v>
       </c>
       <c r="F304" t="s">
-        <v>1301</v>
+        <v>1202</v>
       </c>
       <c r="G304" t="s">
-        <v>1302</v>
+        <v>1169</v>
       </c>
       <c r="H304" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1233</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="B305" t="s">
-        <v>1303</v>
+        <v>1204</v>
       </c>
       <c r="C305" t="s">
-        <v>1260</v>
+        <v>1205</v>
       </c>
       <c r="D305" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E305" t="s">
-        <v>1304</v>
+        <v>589</v>
       </c>
       <c r="F305" t="s">
-        <v>1305</v>
+        <v>1206</v>
       </c>
       <c r="G305" t="s">
-        <v>1306</v>
+        <v>1156</v>
       </c>
       <c r="H305" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1233</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="B306" t="s">
-        <v>1307</v>
+        <v>1208</v>
       </c>
       <c r="C306" t="s">
-        <v>1308</v>
+        <v>1128</v>
       </c>
       <c r="D306" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E306" t="s">
-        <v>1309</v>
+        <v>187</v>
       </c>
       <c r="F306" t="s">
-        <v>1310</v>
+        <v>718</v>
       </c>
       <c r="G306" t="s">
-        <v>1311</v>
+        <v>1209</v>
       </c>
       <c r="H306" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1233</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B307" t="s">
-        <v>1312</v>
+        <v>1211</v>
       </c>
       <c r="C307" t="s">
-        <v>1313</v>
+        <v>1134</v>
       </c>
       <c r="D307" t="s">
-        <v>551</v>
+        <v>274</v>
       </c>
       <c r="E307" t="s">
-        <v>98</v>
+        <v>339</v>
       </c>
       <c r="F307" t="s">
-        <v>1314</v>
+        <v>762</v>
       </c>
       <c r="G307" t="s">
-        <v>1306</v>
+        <v>1212</v>
       </c>
       <c r="H307" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1233</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="B308" t="s">
-        <v>1315</v>
+        <v>1214</v>
       </c>
       <c r="C308" t="s">
-        <v>1316</v>
+        <v>1134</v>
       </c>
       <c r="D308" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E308" t="s">
-        <v>919</v>
+        <v>975</v>
       </c>
       <c r="F308" t="s">
-        <v>1317</v>
+        <v>1054</v>
       </c>
       <c r="G308" t="s">
-        <v>1277</v>
+        <v>1215</v>
       </c>
       <c r="H308" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1318</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="B309" t="s">
-        <v>1319</v>
+        <v>1217</v>
       </c>
       <c r="C309" t="s">
-        <v>1320</v>
+        <v>1218</v>
       </c>
       <c r="D309" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E309" t="s">
-        <v>919</v>
+        <v>1219</v>
       </c>
       <c r="F309" t="s">
-        <v>1321</v>
+        <v>1220</v>
       </c>
       <c r="G309" t="s">
-        <v>1277</v>
+        <v>1221</v>
       </c>
       <c r="H309" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1322</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="B310" t="s">
-        <v>1323</v>
+        <v>1223</v>
       </c>
       <c r="C310" t="s">
-        <v>1324</v>
+        <v>1224</v>
       </c>
       <c r="D310" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E310" t="s">
-        <v>1325</v>
+        <v>1225</v>
       </c>
       <c r="F310" t="s">
-        <v>1326</v>
+        <v>1226</v>
       </c>
       <c r="G310" t="s">
-        <v>1327</v>
+        <v>1227</v>
       </c>
       <c r="H310" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="B311" t="s">
-        <v>1328</v>
+        <v>1229</v>
       </c>
       <c r="C311" t="s">
-        <v>1329</v>
+        <v>1230</v>
       </c>
       <c r="D311" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E311" t="s">
-        <v>919</v>
+        <v>1231</v>
       </c>
       <c r="F311" t="s">
-        <v>1330</v>
+        <v>1232</v>
       </c>
       <c r="G311" t="s">
-        <v>1331</v>
+        <v>1233</v>
       </c>
       <c r="H311" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="B312" t="s">
-        <v>1332</v>
+        <v>1235</v>
       </c>
       <c r="C312" t="s">
-        <v>1333</v>
+        <v>1236</v>
       </c>
       <c r="D312" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E312" t="s">
-        <v>561</v>
+        <v>165</v>
       </c>
       <c r="F312" t="s">
-        <v>1334</v>
+        <v>1237</v>
       </c>
       <c r="G312" t="s">
-        <v>1335</v>
+        <v>1238</v>
       </c>
       <c r="H312" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="B313" t="s">
-        <v>1336</v>
+        <v>1240</v>
       </c>
       <c r="C313" t="s">
-        <v>1337</v>
+        <v>1241</v>
       </c>
       <c r="D313" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E313" t="s">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="F313" t="s">
-        <v>1338</v>
+        <v>1242</v>
       </c>
       <c r="G313" t="s">
-        <v>1335</v>
+        <v>1243</v>
       </c>
       <c r="H313" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1233</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="B314" t="s">
-        <v>1339</v>
+        <v>1245</v>
       </c>
       <c r="C314" t="s">
-        <v>1340</v>
+        <v>1246</v>
       </c>
       <c r="D314" t="s">
-        <v>224</v>
+        <v>534</v>
       </c>
       <c r="E314" t="s">
-        <v>293</v>
+        <v>169</v>
       </c>
       <c r="F314" t="s">
-        <v>1341</v>
+        <v>1247</v>
       </c>
       <c r="G314" t="s">
-        <v>1342</v>
+        <v>1243</v>
       </c>
       <c r="H314" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1343</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315">
-        <v>55</v>
+        <v>76</v>
       </c>
       <c r="B315" t="s">
-        <v>1344</v>
+        <v>1249</v>
       </c>
       <c r="C315" t="s">
-        <v>1345</v>
+        <v>1250</v>
       </c>
       <c r="D315" t="s">
-        <v>41</v>
+        <v>534</v>
       </c>
       <c r="E315" t="s">
-        <v>1346</v>
+        <v>1251</v>
       </c>
       <c r="F315" t="s">
-        <v>1347</v>
+        <v>1252</v>
       </c>
       <c r="G315" t="s">
-        <v>1348</v>
+        <v>1253</v>
       </c>
       <c r="H315" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1349</v>
+        <v>856</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="B316" t="s">
-        <v>1350</v>
+        <v>1254</v>
       </c>
       <c r="C316" t="s">
-        <v>1351</v>
+        <v>1255</v>
       </c>
       <c r="D316" t="s">
-        <v>41</v>
+        <v>579</v>
       </c>
       <c r="E316" t="s">
-        <v>1352</v>
+        <v>165</v>
       </c>
       <c r="F316" t="s">
-        <v>1353</v>
+        <v>1256</v>
       </c>
       <c r="G316" t="s">
-        <v>1342</v>
+        <v>1257</v>
       </c>
       <c r="H316" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1349</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="B317" t="s">
-        <v>1354</v>
+        <v>1259</v>
       </c>
       <c r="C317" t="s">
-        <v>1355</v>
+        <v>1260</v>
       </c>
       <c r="D317" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E317" t="s">
-        <v>98</v>
+        <v>165</v>
       </c>
       <c r="F317" t="s">
-        <v>1356</v>
+        <v>1261</v>
       </c>
       <c r="G317" t="s">
-        <v>1357</v>
+        <v>1262</v>
       </c>
       <c r="H317" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1358</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="B318" t="s">
-        <v>1359</v>
+        <v>1264</v>
       </c>
       <c r="C318" t="s">
-        <v>1360</v>
+        <v>1265</v>
       </c>
       <c r="D318" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E318" t="s">
-        <v>792</v>
+        <v>169</v>
       </c>
       <c r="F318" t="s">
-        <v>1361</v>
+        <v>1242</v>
       </c>
       <c r="G318" t="s">
-        <v>1362</v>
+        <v>1266</v>
       </c>
       <c r="H318" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1363</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="B319" t="s">
-        <v>1364</v>
+        <v>1268</v>
       </c>
       <c r="C319" t="s">
-        <v>1365</v>
+        <v>1269</v>
       </c>
       <c r="D319" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E319" t="s">
-        <v>98</v>
+        <v>169</v>
       </c>
       <c r="F319" t="s">
-        <v>1366</v>
+        <v>1270</v>
       </c>
       <c r="G319" t="s">
-        <v>1367</v>
+        <v>1271</v>
+      </c>
+      <c r="H319" t="s">
+        <v>15</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1233</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="B320" t="s">
-        <v>1368</v>
+        <v>1273</v>
       </c>
       <c r="C320" t="s">
-        <v>1369</v>
+        <v>1274</v>
       </c>
       <c r="D320" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E320" t="s">
-        <v>98</v>
+        <v>169</v>
       </c>
       <c r="F320" t="s">
-        <v>1370</v>
+        <v>1275</v>
       </c>
       <c r="G320" t="s">
-        <v>1371</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1276</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1372</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="B321" t="s">
-        <v>1373</v>
+        <v>1277</v>
       </c>
       <c r="C321" t="s">
-        <v>1345</v>
+        <v>1278</v>
       </c>
       <c r="D321" t="s">
-        <v>551</v>
+        <v>579</v>
       </c>
       <c r="E321" t="s">
-        <v>98</v>
+        <v>1279</v>
       </c>
       <c r="F321" t="s">
-        <v>1374</v>
+        <v>1280</v>
       </c>
       <c r="G321" t="s">
-        <v>1375</v>
+        <v>1281</v>
       </c>
       <c r="H321" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1376</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B322" t="s">
-        <v>1377</v>
+        <v>1283</v>
       </c>
       <c r="C322" t="s">
-        <v>1351</v>
+        <v>1284</v>
       </c>
       <c r="D322" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E322" t="s">
-        <v>98</v>
+        <v>169</v>
       </c>
       <c r="F322" t="s">
-        <v>1378</v>
+        <v>1285</v>
       </c>
       <c r="G322" t="s">
-        <v>1375</v>
+        <v>1286</v>
       </c>
       <c r="H322" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1379</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="B323" t="s">
-        <v>1380</v>
+        <v>1288</v>
       </c>
       <c r="C323" t="s">
-        <v>1340</v>
+        <v>1224</v>
       </c>
       <c r="D323" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E323" t="s">
-        <v>98</v>
+        <v>339</v>
       </c>
       <c r="F323" t="s">
-        <v>1381</v>
+        <v>1289</v>
       </c>
       <c r="G323" t="s">
-        <v>1382</v>
+        <v>1290</v>
       </c>
       <c r="H323" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1383</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="B324" t="s">
-        <v>1384</v>
+        <v>1292</v>
       </c>
       <c r="C324" t="s">
-        <v>1385</v>
+        <v>1293</v>
       </c>
       <c r="D324" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E324" t="s">
-        <v>1386</v>
+        <v>1294</v>
       </c>
       <c r="F324" t="s">
-        <v>1387</v>
+        <v>1295</v>
       </c>
       <c r="G324" t="s">
-        <v>1388</v>
+        <v>1296</v>
       </c>
       <c r="H324" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1389</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="B325" t="s">
-        <v>1390</v>
+        <v>1297</v>
       </c>
       <c r="C325" t="s">
-        <v>1391</v>
+        <v>1255</v>
       </c>
       <c r="D325" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E325" t="s">
-        <v>919</v>
+        <v>1298</v>
       </c>
       <c r="F325" t="s">
-        <v>1392</v>
+        <v>1299</v>
       </c>
       <c r="G325" t="s">
-        <v>1393</v>
+        <v>1300</v>
       </c>
       <c r="H325" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1394</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="B326" t="s">
-        <v>1395</v>
+        <v>1301</v>
       </c>
       <c r="C326" t="s">
-        <v>1337</v>
+        <v>1302</v>
       </c>
       <c r="D326" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E326" t="s">
-        <v>1386</v>
+        <v>1303</v>
       </c>
       <c r="F326" t="s">
-        <v>1396</v>
+        <v>1304</v>
       </c>
       <c r="G326" t="s">
-        <v>1397</v>
+        <v>1305</v>
       </c>
       <c r="H326" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1398</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="B327" t="s">
-        <v>1399</v>
+        <v>1306</v>
       </c>
       <c r="C327" t="s">
-        <v>1400</v>
+        <v>1307</v>
       </c>
       <c r="D327" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E327" t="s">
-        <v>1401</v>
+        <v>165</v>
       </c>
       <c r="F327" t="s">
-        <v>1402</v>
+        <v>1308</v>
       </c>
       <c r="G327" t="s">
-        <v>1403</v>
+        <v>1300</v>
       </c>
       <c r="H327" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1404</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="B328" t="s">
-        <v>1405</v>
+        <v>1309</v>
       </c>
       <c r="C328" t="s">
-        <v>1406</v>
+        <v>1310</v>
       </c>
       <c r="D328" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E328" t="s">
-        <v>1407</v>
+        <v>930</v>
       </c>
       <c r="F328" t="s">
-        <v>1408</v>
+        <v>1311</v>
       </c>
       <c r="G328" t="s">
-        <v>1409</v>
+        <v>1271</v>
       </c>
       <c r="H328" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1410</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="B329" t="s">
-        <v>1411</v>
+        <v>1313</v>
       </c>
       <c r="C329" t="s">
-        <v>1412</v>
+        <v>1314</v>
       </c>
       <c r="D329" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E329" t="s">
-        <v>103</v>
+        <v>930</v>
       </c>
       <c r="F329" t="s">
-        <v>1413</v>
+        <v>1315</v>
       </c>
       <c r="G329" t="s">
-        <v>1414</v>
+        <v>1271</v>
       </c>
       <c r="H329" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1415</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="B330" t="s">
-        <v>1416</v>
+        <v>1317</v>
       </c>
       <c r="C330" t="s">
-        <v>1417</v>
+        <v>1318</v>
       </c>
       <c r="D330" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E330" t="s">
-        <v>293</v>
+        <v>1319</v>
       </c>
       <c r="F330" t="s">
-        <v>1418</v>
+        <v>1320</v>
       </c>
       <c r="G330" t="s">
-        <v>1419</v>
+        <v>1321</v>
       </c>
       <c r="H330" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1420</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="B331" t="s">
-        <v>1421</v>
+        <v>1322</v>
       </c>
       <c r="C331" t="s">
-        <v>1422</v>
+        <v>1323</v>
       </c>
       <c r="D331" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E331" t="s">
-        <v>98</v>
+        <v>930</v>
       </c>
       <c r="F331" t="s">
-        <v>1423</v>
+        <v>1324</v>
       </c>
       <c r="G331" t="s">
-        <v>1424</v>
+        <v>1325</v>
       </c>
       <c r="H331" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1425</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="B332" t="s">
-        <v>1426</v>
+        <v>1326</v>
       </c>
       <c r="C332" t="s">
-        <v>1427</v>
+        <v>1327</v>
       </c>
       <c r="D332" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E332" t="s">
-        <v>658</v>
+        <v>589</v>
       </c>
       <c r="F332" t="s">
-        <v>1428</v>
+        <v>1328</v>
       </c>
       <c r="G332" t="s">
-        <v>1429</v>
+        <v>1329</v>
       </c>
       <c r="H332" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1430</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="B333" t="s">
-        <v>1431</v>
+        <v>1330</v>
       </c>
       <c r="C333" t="s">
-        <v>1432</v>
+        <v>1331</v>
       </c>
       <c r="D333" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E333" t="s">
-        <v>658</v>
+        <v>12</v>
       </c>
       <c r="F333" t="s">
-        <v>1433</v>
+        <v>1332</v>
       </c>
       <c r="G333" t="s">
-        <v>1434</v>
+        <v>1329</v>
       </c>
       <c r="H333" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1435</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="B334" t="s">
-        <v>1436</v>
+        <v>1333</v>
       </c>
       <c r="C334" t="s">
-        <v>1437</v>
+        <v>1334</v>
       </c>
       <c r="D334" t="s">
-        <v>505</v>
+        <v>274</v>
       </c>
       <c r="E334" t="s">
-        <v>658</v>
+        <v>339</v>
       </c>
       <c r="F334" t="s">
-        <v>1438</v>
+        <v>762</v>
       </c>
       <c r="G334" t="s">
-        <v>1439</v>
+        <v>1335</v>
       </c>
       <c r="H334" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1440</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="B335" t="s">
-        <v>1441</v>
+        <v>1337</v>
       </c>
       <c r="C335" t="s">
-        <v>1442</v>
+        <v>1338</v>
       </c>
       <c r="D335" t="s">
-        <v>505</v>
+        <v>38</v>
       </c>
       <c r="E335" t="s">
-        <v>124</v>
+        <v>1339</v>
       </c>
       <c r="F335" t="s">
-        <v>1443</v>
+        <v>1340</v>
       </c>
       <c r="G335" t="s">
-        <v>1444</v>
+        <v>1341</v>
       </c>
       <c r="H335" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1445</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="B336" t="s">
-        <v>1446</v>
+        <v>1343</v>
       </c>
       <c r="C336" t="s">
-        <v>1447</v>
+        <v>1344</v>
       </c>
       <c r="D336" t="s">
-        <v>505</v>
+        <v>38</v>
       </c>
       <c r="E336" t="s">
-        <v>658</v>
+        <v>1345</v>
       </c>
       <c r="F336" t="s">
-        <v>1448</v>
+        <v>231</v>
       </c>
       <c r="G336" t="s">
-        <v>1449</v>
+        <v>1335</v>
       </c>
       <c r="H336" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1450</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="B337" t="s">
-        <v>1451</v>
+        <v>1346</v>
       </c>
       <c r="C337" t="s">
-        <v>1452</v>
+        <v>1347</v>
       </c>
       <c r="D337" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E337" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="F337" t="s">
-        <v>1453</v>
+        <v>1308</v>
       </c>
       <c r="G337" t="s">
-        <v>1454</v>
+        <v>1348</v>
       </c>
       <c r="H337" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1455</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="B338" t="s">
-        <v>1456</v>
+        <v>1350</v>
       </c>
       <c r="C338" t="s">
-        <v>1457</v>
+        <v>1351</v>
       </c>
       <c r="D338" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E338" t="s">
-        <v>1458</v>
+        <v>808</v>
       </c>
       <c r="F338" t="s">
-        <v>1459</v>
+        <v>1352</v>
       </c>
       <c r="G338" t="s">
-        <v>1460</v>
+        <v>1353</v>
       </c>
       <c r="H338" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1461</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="B339" t="s">
-        <v>1462</v>
+        <v>1355</v>
       </c>
       <c r="C339" t="s">
-        <v>1463</v>
+        <v>1356</v>
       </c>
       <c r="D339" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E339" t="s">
-        <v>644</v>
+        <v>165</v>
       </c>
       <c r="F339" t="s">
-        <v>1464</v>
+        <v>1357</v>
       </c>
       <c r="G339" t="s">
-        <v>1460</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1358</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1465</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="B340" t="s">
-        <v>1466</v>
+        <v>1359</v>
       </c>
       <c r="C340" t="s">
-        <v>1467</v>
+        <v>1360</v>
       </c>
       <c r="D340" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E340" t="s">
-        <v>1468</v>
+        <v>165</v>
       </c>
       <c r="F340" t="s">
-        <v>1469</v>
+        <v>1256</v>
       </c>
       <c r="G340" t="s">
-        <v>1470</v>
+        <v>1361</v>
       </c>
       <c r="H340" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1471</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="B341" t="s">
-        <v>1472</v>
+        <v>1363</v>
       </c>
       <c r="C341" t="s">
-        <v>1473</v>
+        <v>1338</v>
       </c>
       <c r="D341" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E341" t="s">
-        <v>658</v>
+        <v>165</v>
       </c>
       <c r="F341" t="s">
-        <v>1474</v>
+        <v>1364</v>
       </c>
       <c r="G341" t="s">
-        <v>1460</v>
+        <v>1365</v>
       </c>
       <c r="H341" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1475</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="B342" t="s">
-        <v>1476</v>
+        <v>1367</v>
       </c>
       <c r="C342" t="s">
-        <v>1477</v>
+        <v>1344</v>
       </c>
       <c r="D342" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E342" t="s">
-        <v>1478</v>
+        <v>165</v>
       </c>
       <c r="F342" t="s">
-        <v>1479</v>
+        <v>1368</v>
       </c>
       <c r="G342" t="s">
-        <v>1480</v>
+        <v>1365</v>
       </c>
       <c r="H342" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1481</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="B343" t="s">
-        <v>1482</v>
+        <v>1370</v>
       </c>
       <c r="C343" t="s">
-        <v>1483</v>
+        <v>1334</v>
       </c>
       <c r="D343" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="E343" t="s">
-        <v>1478</v>
+        <v>165</v>
       </c>
       <c r="F343" t="s">
-        <v>1392</v>
+        <v>1371</v>
       </c>
       <c r="G343" t="s">
-        <v>1484</v>
+        <v>1372</v>
       </c>
       <c r="H343" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1485</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="B344" t="s">
-        <v>1486</v>
+        <v>1374</v>
       </c>
       <c r="C344" t="s">
-        <v>1487</v>
+        <v>1375</v>
       </c>
       <c r="D344" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E344" t="s">
-        <v>1488</v>
+        <v>1376</v>
       </c>
       <c r="F344" t="s">
-        <v>1489</v>
+        <v>1377</v>
       </c>
       <c r="G344" t="s">
-        <v>1490</v>
+        <v>1378</v>
       </c>
       <c r="H344" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1491</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="B345" t="s">
-        <v>1492</v>
+        <v>1380</v>
       </c>
       <c r="C345" t="s">
-        <v>1493</v>
+        <v>1381</v>
       </c>
       <c r="D345" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E345" t="s">
-        <v>658</v>
+        <v>930</v>
       </c>
       <c r="F345" t="s">
-        <v>1494</v>
+        <v>1382</v>
       </c>
       <c r="G345" t="s">
-        <v>1495</v>
+        <v>1383</v>
       </c>
       <c r="H345" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1496</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="B346" t="s">
-        <v>1497</v>
+        <v>1385</v>
       </c>
       <c r="C346" t="s">
-        <v>1498</v>
+        <v>1331</v>
       </c>
       <c r="D346" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E346" t="s">
-        <v>1468</v>
+        <v>1376</v>
       </c>
       <c r="F346" t="s">
-        <v>1499</v>
+        <v>1386</v>
       </c>
       <c r="G346" t="s">
-        <v>1500</v>
+        <v>1387</v>
       </c>
       <c r="H346" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1501</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="B347" t="s">
-        <v>1502</v>
+        <v>1389</v>
       </c>
       <c r="C347" t="s">
-        <v>1503</v>
+        <v>1390</v>
       </c>
       <c r="D347" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E347" t="s">
-        <v>293</v>
+        <v>1391</v>
       </c>
       <c r="F347" t="s">
-        <v>1504</v>
+        <v>1392</v>
       </c>
       <c r="G347" t="s">
-        <v>1500</v>
+        <v>1393</v>
+      </c>
+      <c r="H347" t="s">
+        <v>59</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1505</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="B348" t="s">
-        <v>1506</v>
+        <v>1395</v>
       </c>
       <c r="C348" t="s">
-        <v>1507</v>
+        <v>1396</v>
       </c>
       <c r="D348" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E348" t="s">
-        <v>1508</v>
+        <v>1397</v>
       </c>
       <c r="F348" t="s">
-        <v>1509</v>
+        <v>1398</v>
       </c>
       <c r="G348" t="s">
-        <v>1510</v>
+        <v>1399</v>
       </c>
       <c r="H348" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1511</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="B349" t="s">
-        <v>1512</v>
+        <v>1401</v>
       </c>
       <c r="C349" t="s">
-        <v>1513</v>
+        <v>1402</v>
       </c>
       <c r="D349" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E349" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="F349" t="s">
-        <v>1514</v>
+        <v>1403</v>
       </c>
       <c r="G349" t="s">
-        <v>1515</v>
+        <v>1404</v>
       </c>
       <c r="H349" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1516</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="B350" t="s">
-        <v>1517</v>
+        <v>1406</v>
       </c>
       <c r="C350" t="s">
-        <v>1518</v>
+        <v>1407</v>
       </c>
       <c r="D350" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E350" t="s">
-        <v>98</v>
+        <v>339</v>
       </c>
       <c r="F350" t="s">
-        <v>1519</v>
+        <v>1408</v>
       </c>
       <c r="G350" t="s">
-        <v>1520</v>
+        <v>1409</v>
       </c>
       <c r="H350" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1521</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="B351" t="s">
-        <v>1522</v>
+        <v>1411</v>
       </c>
       <c r="C351" t="s">
-        <v>1523</v>
+        <v>1412</v>
       </c>
       <c r="D351" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E351" t="s">
-        <v>1407</v>
+        <v>165</v>
       </c>
       <c r="F351" t="s">
-        <v>1524</v>
+        <v>1413</v>
       </c>
       <c r="G351" t="s">
-        <v>1525</v>
+        <v>1414</v>
       </c>
       <c r="H351" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1526</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="B352" t="s">
-        <v>1527</v>
+        <v>1416</v>
       </c>
       <c r="C352" t="s">
-        <v>1528</v>
+        <v>1417</v>
       </c>
       <c r="D352" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E352" t="s">
-        <v>98</v>
+        <v>682</v>
       </c>
       <c r="F352" t="s">
-        <v>1529</v>
+        <v>1418</v>
       </c>
       <c r="G352" t="s">
-        <v>1530</v>
+        <v>1419</v>
       </c>
       <c r="H352" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1531</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="B353" t="s">
-        <v>1532</v>
+        <v>1421</v>
       </c>
       <c r="C353" t="s">
-        <v>1533</v>
+        <v>1422</v>
       </c>
       <c r="D353" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E353" t="s">
-        <v>103</v>
+        <v>682</v>
       </c>
       <c r="F353" t="s">
-        <v>1534</v>
+        <v>1423</v>
       </c>
       <c r="G353" t="s">
-        <v>1520</v>
+        <v>1424</v>
       </c>
       <c r="H353" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1535</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="B354" t="s">
-        <v>1536</v>
+        <v>1426</v>
       </c>
       <c r="C354" t="s">
-        <v>1537</v>
+        <v>1427</v>
       </c>
       <c r="D354" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E354" t="s">
-        <v>103</v>
+        <v>682</v>
       </c>
       <c r="F354" t="s">
-        <v>1538</v>
+        <v>1428</v>
       </c>
       <c r="G354" t="s">
-        <v>1539</v>
+        <v>1429</v>
       </c>
       <c r="H354" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1540</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="B355" t="s">
-        <v>1541</v>
+        <v>1431</v>
       </c>
       <c r="C355" t="s">
-        <v>1542</v>
+        <v>1432</v>
       </c>
       <c r="D355" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E355" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="F355" t="s">
-        <v>1543</v>
+        <v>1433</v>
       </c>
       <c r="G355" t="s">
-        <v>1544</v>
+        <v>1434</v>
       </c>
       <c r="H355" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1545</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="B356" t="s">
-        <v>1546</v>
+        <v>1436</v>
       </c>
       <c r="C356" t="s">
-        <v>1355</v>
+        <v>1437</v>
       </c>
       <c r="D356" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E356" t="s">
-        <v>1547</v>
+        <v>682</v>
       </c>
       <c r="F356" t="s">
-        <v>1548</v>
+        <v>1438</v>
       </c>
       <c r="G356" t="s">
-        <v>1549</v>
+        <v>1439</v>
       </c>
       <c r="H356" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1550</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="B357" t="s">
-        <v>1551</v>
+        <v>1441</v>
       </c>
       <c r="C357" t="s">
-        <v>1360</v>
+        <v>1442</v>
       </c>
       <c r="D357" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E357" t="s">
-        <v>103</v>
+        <v>187</v>
       </c>
       <c r="F357" t="s">
-        <v>1552</v>
+        <v>1443</v>
       </c>
       <c r="G357" t="s">
-        <v>1553</v>
+        <v>1444</v>
       </c>
       <c r="H357" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1554</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="B358" t="s">
-        <v>1555</v>
+        <v>1446</v>
       </c>
       <c r="C358" t="s">
-        <v>1365</v>
+        <v>1447</v>
       </c>
       <c r="D358" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E358" t="s">
-        <v>1556</v>
+        <v>1448</v>
       </c>
       <c r="F358" t="s">
-        <v>1557</v>
+        <v>1449</v>
       </c>
       <c r="G358" t="s">
-        <v>1558</v>
+        <v>1450</v>
       </c>
       <c r="H358" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1559</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="B359" t="s">
-        <v>1560</v>
+        <v>1452</v>
       </c>
       <c r="C359" t="s">
-        <v>1369</v>
+        <v>1453</v>
       </c>
       <c r="D359" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E359" t="s">
-        <v>293</v>
+        <v>669</v>
       </c>
       <c r="F359" t="s">
-        <v>1443</v>
+        <v>1433</v>
       </c>
       <c r="G359" t="s">
-        <v>1561</v>
+        <v>1450</v>
       </c>
       <c r="H359" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1562</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="B360" t="s">
-        <v>1563</v>
+        <v>1455</v>
       </c>
       <c r="C360" t="s">
-        <v>1345</v>
+        <v>1456</v>
       </c>
       <c r="D360" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E360" t="s">
-        <v>103</v>
+        <v>1457</v>
       </c>
       <c r="F360" t="s">
-        <v>1564</v>
+        <v>1458</v>
       </c>
       <c r="G360" t="s">
-        <v>1558</v>
+        <v>1459</v>
       </c>
       <c r="H360" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1565</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B361" t="s">
-        <v>1566</v>
+        <v>1461</v>
       </c>
       <c r="C361" t="s">
-        <v>1351</v>
+        <v>1462</v>
       </c>
       <c r="D361" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E361" t="s">
-        <v>1407</v>
+        <v>682</v>
       </c>
       <c r="F361" t="s">
-        <v>1567</v>
+        <v>1463</v>
       </c>
       <c r="G361" t="s">
-        <v>1558</v>
+        <v>1450</v>
       </c>
       <c r="H361" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1568</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="B362" t="s">
-        <v>1569</v>
+        <v>1465</v>
       </c>
       <c r="C362" t="s">
-        <v>1570</v>
+        <v>1466</v>
       </c>
       <c r="D362" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="E362" t="s">
-        <v>124</v>
+        <v>1467</v>
       </c>
       <c r="F362" t="s">
-        <v>1571</v>
+        <v>1468</v>
       </c>
       <c r="G362" t="s">
-        <v>1572</v>
+        <v>1469</v>
       </c>
       <c r="H362" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1573</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="B363" t="s">
-        <v>1574</v>
+        <v>1471</v>
       </c>
       <c r="C363" t="s">
-        <v>1340</v>
+        <v>1472</v>
       </c>
       <c r="D363" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E363" t="s">
-        <v>103</v>
+        <v>1467</v>
       </c>
       <c r="F363" t="s">
-        <v>1575</v>
+        <v>1382</v>
       </c>
       <c r="G363" t="s">
-        <v>1576</v>
+        <v>1473</v>
       </c>
       <c r="H363" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1577</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="B364" t="s">
-        <v>1578</v>
+        <v>1475</v>
       </c>
       <c r="C364" t="s">
-        <v>1579</v>
+        <v>1476</v>
       </c>
       <c r="D364" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E364" t="s">
-        <v>103</v>
+        <v>1477</v>
       </c>
       <c r="F364" t="s">
-        <v>1580</v>
+        <v>1478</v>
       </c>
       <c r="G364" t="s">
-        <v>1581</v>
+        <v>1479</v>
       </c>
       <c r="H364" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1582</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="B365" t="s">
-        <v>1583</v>
+        <v>1481</v>
       </c>
       <c r="C365" t="s">
-        <v>1584</v>
+        <v>1482</v>
       </c>
       <c r="D365" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E365" t="s">
-        <v>103</v>
+        <v>682</v>
       </c>
       <c r="F365" t="s">
-        <v>1585</v>
+        <v>1483</v>
       </c>
       <c r="G365" t="s">
-        <v>1581</v>
+        <v>1484</v>
       </c>
       <c r="H365" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1586</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="B366" t="s">
-        <v>1587</v>
+        <v>1486</v>
       </c>
       <c r="C366" t="s">
-        <v>1588</v>
+        <v>1487</v>
       </c>
       <c r="D366" t="s">
-        <v>505</v>
+        <v>534</v>
       </c>
       <c r="E366" t="s">
-        <v>103</v>
+        <v>1457</v>
       </c>
       <c r="F366" t="s">
-        <v>1589</v>
+        <v>1488</v>
       </c>
       <c r="G366" t="s">
-        <v>1590</v>
+        <v>1489</v>
       </c>
       <c r="H366" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1591</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367">
+        <v>22</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D367" t="s">
+        <v>534</v>
+      </c>
+      <c r="E367" t="s">
+        <v>339</v>
+      </c>
+      <c r="F367" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G367" t="s">
+        <v>1489</v>
+      </c>
+      <c r="I367" s="1" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9">
+      <c r="A368">
+        <v>21</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D368" t="s">
+        <v>534</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1304</v>
+      </c>
+      <c r="G368" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H368" t="s">
+        <v>59</v>
+      </c>
+      <c r="I368" s="1" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9">
+      <c r="A369">
+        <v>20</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D369" t="s">
+        <v>534</v>
+      </c>
+      <c r="E369" t="s">
+        <v>169</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G369" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H369" t="s">
+        <v>59</v>
+      </c>
+      <c r="I369" s="1" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9">
+      <c r="A370">
+        <v>19</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D370" t="s">
+        <v>534</v>
+      </c>
+      <c r="E370" t="s">
+        <v>165</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G370" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H370" t="s">
+        <v>59</v>
+      </c>
+      <c r="I370" s="1" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9">
+      <c r="A371">
+        <v>18</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D371" t="s">
+        <v>534</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1511</v>
+      </c>
+      <c r="G371" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H371" t="s">
+        <v>15</v>
+      </c>
+      <c r="I371" s="1" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9">
+      <c r="A372">
+        <v>17</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D372" t="s">
+        <v>534</v>
+      </c>
+      <c r="E372" t="s">
+        <v>165</v>
+      </c>
+      <c r="F372" t="s">
+        <v>1516</v>
+      </c>
+      <c r="G372" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H372" t="s">
+        <v>59</v>
+      </c>
+      <c r="I372" s="1" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9">
+      <c r="A373">
+        <v>16</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D373" t="s">
+        <v>534</v>
+      </c>
+      <c r="E373" t="s">
+        <v>169</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G373" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H373" t="s">
+        <v>59</v>
+      </c>
+      <c r="I373" s="1" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9">
+      <c r="A374">
+        <v>15</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D374" t="s">
+        <v>534</v>
+      </c>
+      <c r="E374" t="s">
+        <v>169</v>
+      </c>
+      <c r="F374" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G374" t="s">
+        <v>1524</v>
+      </c>
+      <c r="H374" t="s">
+        <v>59</v>
+      </c>
+      <c r="I374" s="1" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9">
+      <c r="A375">
+        <v>14</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D375" t="s">
+        <v>534</v>
+      </c>
+      <c r="E375" t="s">
+        <v>169</v>
+      </c>
+      <c r="F375" t="s">
+        <v>1528</v>
+      </c>
+      <c r="G375" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H375" t="s">
+        <v>59</v>
+      </c>
+      <c r="I375" s="1" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9">
+      <c r="A376">
+        <v>13</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D376" t="s">
+        <v>534</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F376" t="s">
+        <v>1533</v>
+      </c>
+      <c r="G376" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H376" t="s">
+        <v>59</v>
+      </c>
+      <c r="I376" s="1" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9">
+      <c r="A377">
+        <v>12</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D377" t="s">
+        <v>534</v>
+      </c>
+      <c r="E377" t="s">
+        <v>169</v>
+      </c>
+      <c r="F377" t="s">
+        <v>1537</v>
+      </c>
+      <c r="G377" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H377" t="s">
+        <v>59</v>
+      </c>
+      <c r="I377" s="1" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9">
+      <c r="A378">
+        <v>11</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D378" t="s">
+        <v>534</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F378" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G378" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H378" t="s">
+        <v>59</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9">
+      <c r="A379">
+        <v>10</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D379" t="s">
+        <v>534</v>
+      </c>
+      <c r="E379" t="s">
+        <v>339</v>
+      </c>
+      <c r="F379" t="s">
+        <v>1433</v>
+      </c>
+      <c r="G379" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H379" t="s">
+        <v>59</v>
+      </c>
+      <c r="I379" s="1" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9">
+      <c r="A380">
+        <v>9</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D380" t="s">
+        <v>534</v>
+      </c>
+      <c r="E380" t="s">
+        <v>169</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1549</v>
+      </c>
+      <c r="G380" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H380" t="s">
+        <v>59</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9">
+      <c r="A381">
+        <v>8</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D381" t="s">
+        <v>534</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1552</v>
+      </c>
+      <c r="G381" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H381" t="s">
+        <v>15</v>
+      </c>
+      <c r="I381" s="1" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9">
+      <c r="A382">
+        <v>7</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D382" t="s">
+        <v>579</v>
+      </c>
+      <c r="E382" t="s">
+        <v>187</v>
+      </c>
+      <c r="F382" t="s">
+        <v>1556</v>
+      </c>
+      <c r="G382" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H382" t="s">
+        <v>59</v>
+      </c>
+      <c r="I382" s="1" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9">
+      <c r="A383">
+        <v>6</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D383" t="s">
+        <v>534</v>
+      </c>
+      <c r="E383" t="s">
+        <v>169</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1560</v>
+      </c>
+      <c r="G383" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H383" t="s">
+        <v>59</v>
+      </c>
+      <c r="I383" s="1" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9">
+      <c r="A384">
+        <v>5</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D384" t="s">
+        <v>534</v>
+      </c>
+      <c r="E384" t="s">
+        <v>169</v>
+      </c>
+      <c r="F384" t="s">
+        <v>1565</v>
+      </c>
+      <c r="G384" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H384" t="s">
+        <v>59</v>
+      </c>
+      <c r="I384" s="1" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9">
+      <c r="A385">
+        <v>4</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D385" t="s">
+        <v>534</v>
+      </c>
+      <c r="E385" t="s">
+        <v>169</v>
+      </c>
+      <c r="F385" t="s">
+        <v>1570</v>
+      </c>
+      <c r="G385" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H385" t="s">
+        <v>59</v>
+      </c>
+      <c r="I385" s="1" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9">
+      <c r="A386">
+        <v>3</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D386" t="s">
+        <v>534</v>
+      </c>
+      <c r="E386" t="s">
+        <v>169</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G386" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H386" t="s">
+        <v>59</v>
+      </c>
+      <c r="I386" s="1" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9">
+      <c r="A387">
         <v>2</v>
       </c>
-      <c r="B367" t="s">
-[...21 lines deleted...]
-        <v>1596</v>
+      <c r="B387" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D387" t="s">
+        <v>534</v>
+      </c>
+      <c r="E387" t="s">
+        <v>169</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G387" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H387" t="s">
+        <v>59</v>
+      </c>
+      <c r="I387" s="1" t="s">
+        <v>1581</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">