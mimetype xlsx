--- v1 (2026-01-15)
+++ v2 (2026-03-02)
@@ -12,154 +12,232 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1582">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1601">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>DISPENSA nº 003/2026</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DIRETA DE AQUISIÇÃO DE KIT’S NATALIDAD...</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>40.000,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 002/2026</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE PESSOA JURÍDICA PARA EXECUÇÃO DOS S...</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>30.000,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 001/2026</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DIRETA POR MEIO DE DISPENSA DE LICITAÇ...</t>
+  </si>
+  <si>
+    <t>5.000,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 002/2026</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISI...</t>
+  </si>
+  <si>
+    <t>1.930.181,25</t>
+  </si>
+  <si>
+    <t>CHAMAMENTO PÚBLICO nº 001/2026</t>
+  </si>
+  <si>
+    <t>CHAMAMENTO PÚBLICO</t>
+  </si>
+  <si>
+    <t>Melhor preço</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA F...</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>488.370,40</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 001/2026</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A ORGANI...</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>444.233,64</t>
+  </si>
+  <si>
     <t>DISPENSA nº 017/2025</t>
   </si>
   <si>
     <t>017/2025</t>
   </si>
   <si>
-    <t>DISPENSA</t>
-[...4 lines deleted...]
-  <si>
     <t>CONTRATAÇÃO DIRETA DE AQUISIÇÃO DE MATERIAIS DE CO...</t>
   </si>
   <si>
     <t>26/12/2025</t>
   </si>
   <si>
-    <t>Em Andamento</t>
-[...1 lines deleted...]
-  <si>
     <t>46.273,34</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 016/2025</t>
   </si>
   <si>
     <t>016/2025</t>
   </si>
   <si>
-    <t>PREGÃO ELETRÔNICO</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTRATAÇÃO EVENTUAL E FUTURA DE EMPRESA ESPECIALI...</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>10.148.400,00</t>
   </si>
   <si>
     <t>DISPENSA nº 016/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DIRETA DE PRESTAÇÃO DE SERVIÇOS DE PRE...</t>
   </si>
   <si>
     <t>12/12/2025</t>
   </si>
   <si>
     <t>61.203,33</t>
   </si>
   <si>
     <t>DISPENSA nº 015/2025</t>
   </si>
   <si>
     <t>015/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DIRETA DE AQUISIÇÃO DE COPOS DE ÁGUA M...</t>
   </si>
   <si>
     <t>59.494,50</t>
   </si>
   <si>
     <t>DISPENSA nº 014/2025</t>
   </si>
   <si>
     <t>014/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DIRETA POR MEIO DE DISPENSA DE LICITAÇ...</t>
-[...1 lines deleted...]
-  <si>
     <t>05/12/2025</t>
   </si>
   <si>
     <t>58.370,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 012/2025</t>
   </si>
   <si>
     <t>012/2025</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA</t>
   </si>
   <si>
     <t>6.655.234,99</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 011/2025</t>
   </si>
   <si>
     <t>011/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA OS SERVI...</t>
@@ -203,53 +281,50 @@
   <si>
     <t>008/2025</t>
   </si>
   <si>
     <t>ADESÃO ATA DE SRP</t>
   </si>
   <si>
     <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA AQUISIÇÃO D...</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>Concluída</t>
   </si>
   <si>
     <t>355.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 015/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE</t>
   </si>
   <si>
-    <t>Melhor preço</t>
-[...1 lines deleted...]
-  <si>
     <t>CONTRATACAO PARA LOCAÇÃO MEDIANTE INEXIGIBILIDADE...</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t>12.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 014/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO MEDIANTE INEXIGIBILIDADE PARA A LOCAÇÃ...</t>
   </si>
   <si>
     <t>18/09/2025</t>
   </si>
   <si>
     <t>8.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 013/2025</t>
   </si>
   <si>
     <t>013/2025</t>
@@ -269,77 +344,71 @@
   <si>
     <t>007/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA FORNECIMENT...</t>
   </si>
   <si>
     <t>11/11/2025</t>
   </si>
   <si>
     <t>800.987,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 012/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO DE SH...</t>
   </si>
   <si>
     <t>250.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 015/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A ORGANI...</t>
-[...1 lines deleted...]
-  <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>496.363,34</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 014/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM ORNAMENTAÇ...</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
     <t>336.035,79</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 013/2025</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A AQUISI...</t>
-[...1 lines deleted...]
-  <si>
     <t>19/11/2025</t>
   </si>
   <si>
     <t>3.224.448,15</t>
   </si>
   <si>
     <t>DISPENSA nº 013/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇ...</t>
   </si>
   <si>
     <t>122.336,28</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 012/2025</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA AQUISIÇÃ...</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>Revogada</t>
@@ -785,126 +854,114 @@
   <si>
     <t>57.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 004/2025</t>
   </si>
   <si>
     <t>37.100,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 003/2025</t>
   </si>
   <si>
     <t>a CONTRATAÇÃO POR INEXIGIBILIDADE DE LICITAÇÃO DE...</t>
   </si>
   <si>
     <t>16.960,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 002/2025</t>
   </si>
   <si>
     <t>16/01/2025</t>
   </si>
   <si>
-    <t>30.000,00</t>
-[...1 lines deleted...]
-  <si>
     <t>INEXIGIBILIDADE nº 001/2025</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>205.681,00</t>
   </si>
   <si>
     <t>DISPENSA nº 001 /2025</t>
   </si>
   <si>
     <t>Contratação De Pessoa Jurídica Para Execução Dos S...</t>
   </si>
   <si>
     <t>15.052,56</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 002/2025</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>324.233,30</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 001/2024</t>
   </si>
   <si>
     <t>001/2024</t>
   </si>
   <si>
     <t>30/12/2024</t>
   </si>
   <si>
     <t>44.400,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 001/2025</t>
   </si>
   <si>
     <t>575.282,73</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO nº 001/2025</t>
   </si>
   <si>
-    <t>CHAMAMENTO PÚBLICO</t>
-[...4 lines deleted...]
-  <si>
     <t>20/02/2025</t>
   </si>
   <si>
     <t>443.426,32</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 001/2025</t>
   </si>
   <si>
     <t>06/02/2025</t>
   </si>
   <si>
     <t>542.967,00</t>
   </si>
   <si>
     <t>DISPENSA nº 003/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA PARA EXECUÇÃO DOS S...</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>26.400,00</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE COBERTURA EM ESTRUTURA MISTA SOBRE O...</t>
   </si>
   <si>
     <t>20/01/2025</t>
   </si>
   <si>
     <t>73.592,48</t>
   </si>
   <si>
     <t>DISPENSA nº 001/2025</t>
   </si>
   <si>
     <t>38.406,13</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 023/2024</t>
   </si>
@@ -5107,11261 +5164,11435 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I387"/>
+  <dimension ref="A1:I393"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I387" sqref="I387"/>
+      <selection activeCell="I393" sqref="I393"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>42</v>
       </c>
       <c r="G8" t="s">
         <v>43</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
         <v>47</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="G10" t="s">
         <v>52</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="B12" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" t="s">
+        <v>60</v>
+      </c>
+      <c r="H12" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>61</v>
-      </c>
-[...19 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B13" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E13" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="G13" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="H13" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E14" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="G14" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="B15" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="G15" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="H15" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B16" t="s">
         <v>76</v>
       </c>
       <c r="C16" t="s">
         <v>77</v>
       </c>
       <c r="D16" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" t="s">
         <v>78</v>
       </c>
-      <c r="G16" t="s">
+      <c r="H16" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="B17" t="s">
+        <v>80</v>
+      </c>
+      <c r="C17" t="s">
         <v>81</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="E17" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G17" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="H17" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="B18" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C18" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F18" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G18" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H18" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B19" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" t="s">
         <v>88</v>
       </c>
-      <c r="C19" t="s">
+      <c r="E19" t="s">
         <v>32</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G19" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H19" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="B20" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C20" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F20" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="G20" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H20" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="B21" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="G21" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="H21" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B22" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>102</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G22" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="H22" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="B23" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C23" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>107</v>
       </c>
       <c r="G23" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="H23" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="B24" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C24" t="s">
-        <v>108</v>
+        <v>55</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="G24" t="s">
         <v>110</v>
       </c>
       <c r="H24" t="s">
         <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B25" t="s">
         <v>112</v>
       </c>
       <c r="C25" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
         <v>113</v>
       </c>
       <c r="G25" t="s">
         <v>114</v>
       </c>
       <c r="H25" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="B26" t="s">
         <v>116</v>
       </c>
       <c r="C26" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G26" t="s">
         <v>117</v>
       </c>
       <c r="H26" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="B27" t="s">
         <v>119</v>
       </c>
       <c r="C27" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="D27" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
         <v>120</v>
       </c>
       <c r="G27" t="s">
+        <v>104</v>
+      </c>
+      <c r="H27" t="s">
+        <v>15</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B28" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C28" t="s">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="D28" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
+        <v>123</v>
+      </c>
+      <c r="G28" t="s">
         <v>124</v>
       </c>
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B29" t="s">
         <v>127</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>63</v>
       </c>
       <c r="D29" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="H29" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="B30" t="s">
         <v>130</v>
       </c>
       <c r="C30" t="s">
-        <v>51</v>
+        <v>131</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="G30" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H30" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="B31" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C31" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="D31" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>93</v>
+        <v>136</v>
       </c>
       <c r="G31" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H31" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B32" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C32" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="G32" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="H32" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="B33" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="E33" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="G33" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="H33" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="B34" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C34" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="D34" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E34" t="s">
-        <v>144</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="G34" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H34" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B35" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C35" t="s">
-        <v>41</v>
+        <v>151</v>
       </c>
       <c r="D35" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E35" t="s">
-        <v>149</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="G35" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="H35" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="B36" t="s">
         <v>153</v>
       </c>
       <c r="C36" t="s">
-        <v>46</v>
+        <v>77</v>
       </c>
       <c r="D36" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>24</v>
+      </c>
+      <c r="G36" t="s">
         <v>154</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
+        <v>85</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B37" t="s">
+        <v>156</v>
+      </c>
+      <c r="C37" t="s">
+        <v>67</v>
+      </c>
+      <c r="D37" t="s">
+        <v>27</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>28</v>
+      </c>
+      <c r="G37" t="s">
         <v>157</v>
       </c>
-      <c r="C37" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H37" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="B38" t="s">
         <v>159</v>
       </c>
       <c r="C38" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="D38" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
+        <v>32</v>
+      </c>
+      <c r="F38" t="s">
+        <v>24</v>
+      </c>
+      <c r="G38" t="s">
         <v>160</v>
       </c>
-      <c r="F38" t="s">
+      <c r="H38" t="s">
+        <v>85</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="B39" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C39" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
+        <v>32</v>
+      </c>
+      <c r="F39" t="s">
+        <v>163</v>
+      </c>
+      <c r="G39" t="s">
+        <v>164</v>
+      </c>
+      <c r="H39" t="s">
+        <v>85</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>165</v>
-      </c>
-[...10 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B40" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" t="s">
+        <v>151</v>
+      </c>
+      <c r="D40" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" t="s">
+        <v>167</v>
+      </c>
+      <c r="F40" t="s">
         <v>168</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="G40" t="s">
         <v>169</v>
       </c>
-      <c r="F40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H40" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="B41" t="s">
         <v>171</v>
       </c>
       <c r="C41" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="D41" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E41" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F41" t="s">
-        <v>20</v>
+        <v>173</v>
       </c>
       <c r="G41" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="H41" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B42" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C42" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D42" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E42" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="F42" t="s">
-        <v>93</v>
+        <v>173</v>
       </c>
       <c r="G42" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="H42" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="B43" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C43" t="s">
         <v>77</v>
       </c>
       <c r="D43" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E43" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F43" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="G43" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="H43" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="B44" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C44" t="s">
-        <v>128</v>
+        <v>81</v>
       </c>
       <c r="D44" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E44" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F44" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G44" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="H44" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="B45" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C45" t="s">
-        <v>186</v>
+        <v>151</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F45" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="G45" t="s">
         <v>189</v>
       </c>
       <c r="H45" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="B46" t="s">
         <v>191</v>
       </c>
       <c r="C46" t="s">
-        <v>186</v>
+        <v>72</v>
       </c>
       <c r="D46" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="E46" t="s">
-        <v>154</v>
+        <v>192</v>
       </c>
       <c r="F46" t="s">
-        <v>192</v>
+        <v>28</v>
       </c>
       <c r="G46" t="s">
+        <v>178</v>
+      </c>
+      <c r="H46" t="s">
+        <v>85</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="B47" t="s">
+        <v>194</v>
+      </c>
+      <c r="C47" t="s">
+        <v>77</v>
+      </c>
+      <c r="D47" t="s">
+        <v>27</v>
+      </c>
+      <c r="E47" t="s">
+        <v>192</v>
+      </c>
+      <c r="F47" t="s">
+        <v>47</v>
+      </c>
+      <c r="G47" t="s">
         <v>195</v>
       </c>
-      <c r="C47" t="s">
+      <c r="H47" t="s">
+        <v>85</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>196</v>
-      </c>
-[...16 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B48" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C48" t="s">
-        <v>201</v>
+        <v>81</v>
       </c>
       <c r="D48" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="E48" t="s">
-        <v>154</v>
+        <v>192</v>
       </c>
       <c r="F48" t="s">
-        <v>202</v>
+        <v>28</v>
       </c>
       <c r="G48" t="s">
+        <v>189</v>
+      </c>
+      <c r="H48" t="s">
+        <v>85</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="B49" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="C49" t="s">
-        <v>196</v>
+        <v>102</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E49" t="s">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="F49" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="G49" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="H49" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B50" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C50" t="s">
-        <v>186</v>
+        <v>151</v>
       </c>
       <c r="D50" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E50" t="s">
-        <v>165</v>
+        <v>204</v>
       </c>
       <c r="F50" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="G50" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="H50" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B51" t="s">
+        <v>208</v>
+      </c>
+      <c r="C51" t="s">
+        <v>209</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>210</v>
+      </c>
+      <c r="F51" t="s">
+        <v>211</v>
+      </c>
+      <c r="G51" t="s">
         <v>212</v>
       </c>
-      <c r="C51" t="s">
-[...11 lines deleted...]
-      <c r="G51" t="s">
+      <c r="H51" t="s">
+        <v>85</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="B52" t="s">
+        <v>214</v>
+      </c>
+      <c r="C52" t="s">
+        <v>209</v>
+      </c>
+      <c r="D52" t="s">
+        <v>82</v>
+      </c>
+      <c r="E52" t="s">
+        <v>177</v>
+      </c>
+      <c r="F52" t="s">
         <v>215</v>
       </c>
-      <c r="C52" t="s">
-[...8 lines deleted...]
-      <c r="F52" t="s">
+      <c r="G52" t="s">
         <v>216</v>
       </c>
-      <c r="G52" t="s">
+      <c r="H52" t="s">
+        <v>85</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B53" t="s">
+        <v>218</v>
+      </c>
+      <c r="C53" t="s">
         <v>219</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="E53" t="s">
-        <v>169</v>
+        <v>220</v>
       </c>
       <c r="F53" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="G53" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H53" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B54" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C54" t="s">
-        <v>201</v>
+        <v>224</v>
       </c>
       <c r="D54" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="E54" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F54" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="G54" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="H54" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="B55" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C55" t="s">
-        <v>77</v>
+        <v>219</v>
       </c>
       <c r="D55" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>154</v>
+        <v>228</v>
       </c>
       <c r="F55" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="G55" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H55" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="B56" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C56" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="D56" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E56" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F56" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G56" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H56" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B57" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C57" t="s">
-        <v>108</v>
+        <v>209</v>
       </c>
       <c r="D57" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E57" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F57" t="s">
-        <v>235</v>
+        <v>47</v>
       </c>
       <c r="G57" t="s">
         <v>236</v>
       </c>
       <c r="H57" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="B58" t="s">
         <v>238</v>
       </c>
       <c r="C58" t="s">
+        <v>219</v>
+      </c>
+      <c r="D58" t="s">
+        <v>64</v>
+      </c>
+      <c r="E58" t="s">
+        <v>188</v>
+      </c>
+      <c r="F58" t="s">
         <v>239</v>
       </c>
-      <c r="D58" t="s">
-[...5 lines deleted...]
-      <c r="F58" t="s">
+      <c r="G58" t="s">
         <v>240</v>
       </c>
-      <c r="G58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H58" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="B59" t="s">
         <v>242</v>
       </c>
       <c r="C59" t="s">
-        <v>108</v>
+        <v>219</v>
       </c>
       <c r="D59" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="E59" t="s">
-        <v>165</v>
+        <v>192</v>
       </c>
       <c r="F59" t="s">
-        <v>120</v>
+        <v>28</v>
       </c>
       <c r="G59" t="s">
         <v>243</v>
       </c>
       <c r="H59" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B60" t="s">
         <v>245</v>
       </c>
       <c r="C60" t="s">
-        <v>128</v>
+        <v>224</v>
       </c>
       <c r="D60" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E60" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F60" t="s">
-        <v>82</v>
+        <v>246</v>
       </c>
       <c r="G60" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H60" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B61" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C61" t="s">
-        <v>186</v>
+        <v>102</v>
       </c>
       <c r="D61" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E61" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F61" t="s">
-        <v>82</v>
+        <v>250</v>
       </c>
       <c r="G61" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H61" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B62" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C62" t="s">
-        <v>196</v>
+        <v>224</v>
       </c>
       <c r="D62" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="E62" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F62" t="s">
-        <v>82</v>
+        <v>254</v>
       </c>
       <c r="G62" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="H62" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="B63" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C63" t="s">
-        <v>201</v>
+        <v>131</v>
       </c>
       <c r="D63" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="E63" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F63" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="G63" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="H63" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="B64" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="C64" t="s">
-        <v>108</v>
+        <v>262</v>
       </c>
       <c r="D64" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="E64" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F64" t="s">
-        <v>227</v>
+        <v>263</v>
       </c>
       <c r="G64" t="s">
-        <v>256</v>
+        <v>216</v>
       </c>
       <c r="H64" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B65" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C65" t="s">
-        <v>239</v>
+        <v>131</v>
       </c>
       <c r="D65" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E65" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F65" t="s">
-        <v>73</v>
+        <v>143</v>
       </c>
       <c r="G65" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="H65" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B66" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C66" t="s">
-        <v>239</v>
+        <v>151</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E66" t="s">
-        <v>205</v>
+        <v>177</v>
       </c>
       <c r="F66" t="s">
-        <v>262</v>
+        <v>107</v>
       </c>
       <c r="G66" t="s">
-        <v>228</v>
+        <v>269</v>
       </c>
       <c r="H66" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="B67" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="C67" t="s">
-        <v>108</v>
+        <v>209</v>
       </c>
       <c r="D67" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E67" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F67" t="s">
-        <v>85</v>
+        <v>107</v>
       </c>
       <c r="G67" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="H67" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="B68" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="C68" t="s">
-        <v>268</v>
+        <v>219</v>
       </c>
       <c r="D68" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E68" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F68" t="s">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="G68" t="s">
         <v>269</v>
       </c>
       <c r="H68" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="B69" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C69" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="D69" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="E69" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F69" t="s">
-        <v>124</v>
+        <v>276</v>
       </c>
       <c r="G69" t="s">
-        <v>228</v>
+        <v>269</v>
       </c>
       <c r="H69" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B70" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C70" t="s">
-        <v>239</v>
+        <v>131</v>
       </c>
       <c r="D70" t="s">
-        <v>274</v>
+        <v>88</v>
       </c>
       <c r="E70" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F70" t="s">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="G70" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="H70" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>277</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="B71" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C71" t="s">
-        <v>239</v>
+        <v>262</v>
       </c>
       <c r="D71" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E71" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F71" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G71" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="H71" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="B72" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C72" t="s">
-        <v>201</v>
+        <v>262</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>165</v>
+        <v>228</v>
       </c>
       <c r="F72" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="G72" t="s">
-        <v>283</v>
+        <v>251</v>
       </c>
       <c r="H72" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B73" t="s">
-        <v>107</v>
+        <v>286</v>
       </c>
       <c r="C73" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E73" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F73" t="s">
-        <v>285</v>
+        <v>37</v>
       </c>
       <c r="G73" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H73" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B74" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C74" t="s">
-        <v>239</v>
+        <v>290</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E74" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F74" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="G74" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="H74" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="B75" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C75" t="s">
-        <v>291</v>
+        <v>262</v>
       </c>
       <c r="D75" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E75" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F75" t="s">
-        <v>292</v>
+        <v>147</v>
       </c>
       <c r="G75" t="s">
-        <v>293</v>
+        <v>251</v>
       </c>
       <c r="H75" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>83</v>
+        <v>294</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B76" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C76" t="s">
-        <v>295</v>
+        <v>262</v>
       </c>
       <c r="D76" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="E76" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F76" t="s">
+        <v>33</v>
+      </c>
+      <c r="G76" t="s">
         <v>296</v>
       </c>
-      <c r="G76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H76" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>158</v>
+        <v>297</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="B77" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C77" t="s">
-        <v>298</v>
+        <v>262</v>
       </c>
       <c r="D77" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E77" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F77" t="s">
-        <v>89</v>
+        <v>123</v>
       </c>
       <c r="G77" t="s">
         <v>299</v>
       </c>
       <c r="H77" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="B78" t="s">
         <v>301</v>
       </c>
       <c r="C78" t="s">
+        <v>224</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>188</v>
+      </c>
+      <c r="F78" t="s">
+        <v>19</v>
+      </c>
+      <c r="G78" t="s">
         <v>302</v>
       </c>
-      <c r="D78" t="s">
-[...5 lines deleted...]
-      <c r="F78" t="s">
+      <c r="H78" t="s">
+        <v>85</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>303</v>
-      </c>
-[...7 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="B79" t="s">
+        <v>130</v>
+      </c>
+      <c r="C79" t="s">
+        <v>131</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>188</v>
+      </c>
+      <c r="F79" t="s">
+        <v>304</v>
+      </c>
+      <c r="G79" t="s">
+        <v>305</v>
+      </c>
+      <c r="H79" t="s">
+        <v>85</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>306</v>
-      </c>
-[...19 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="B80" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C80" t="s">
-        <v>312</v>
+        <v>262</v>
       </c>
       <c r="D80" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F80" t="s">
-        <v>313</v>
+        <v>136</v>
       </c>
       <c r="G80" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="H80" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B81" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="C81" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="D81" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E81" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F81" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G81" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H81" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>318</v>
+        <v>108</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B82" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C82" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="D82" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E82" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F82" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="G82" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H82" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>322</v>
+        <v>181</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="B83" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C83" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="D83" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="E83" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F83" t="s">
-        <v>325</v>
+        <v>113</v>
       </c>
       <c r="G83" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="H83" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B84" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="C84" t="s">
-        <v>329</v>
+        <v>321</v>
       </c>
       <c r="D84" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="E84" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F84" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="G84" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="H84" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="B85" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="C85" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="D85" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E85" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F85" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="G85" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="H85" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="B86" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="C86" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="D86" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E86" t="s">
-        <v>339</v>
+        <v>177</v>
       </c>
       <c r="F86" t="s">
-        <v>100</v>
+        <v>332</v>
       </c>
       <c r="G86" t="s">
-        <v>293</v>
+        <v>328</v>
       </c>
       <c r="H86" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="B87" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="C87" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E87" t="s">
-        <v>342</v>
+        <v>177</v>
       </c>
       <c r="F87" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="G87" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="H87" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="B88" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="C88" t="s">
-        <v>347</v>
+        <v>339</v>
       </c>
       <c r="D88" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E88" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F88" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="G88" t="s">
-        <v>349</v>
+        <v>328</v>
       </c>
       <c r="H88" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="B89" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="C89" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
       <c r="D89" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E89" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F89" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="G89" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="H89" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="B90" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="C90" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="D90" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E90" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F90" t="s">
-        <v>68</v>
+        <v>349</v>
       </c>
       <c r="G90" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="H90" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="B91" t="s">
-        <v>359</v>
+        <v>351</v>
       </c>
       <c r="C91" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E91" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F91" t="s">
-        <v>113</v>
+        <v>353</v>
       </c>
       <c r="G91" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="H91" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="B92" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C92" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E92" t="s">
-        <v>165</v>
+        <v>358</v>
       </c>
       <c r="F92" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="G92" t="s">
-        <v>360</v>
+        <v>312</v>
       </c>
       <c r="H92" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="B93" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C93" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="D93" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>339</v>
+        <v>361</v>
       </c>
       <c r="F93" t="s">
-        <v>216</v>
+        <v>362</v>
       </c>
       <c r="G93" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="H93" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="B94" t="s">
+        <v>365</v>
+      </c>
+      <c r="C94" t="s">
+        <v>366</v>
+      </c>
+      <c r="D94" t="s">
+        <v>88</v>
+      </c>
+      <c r="E94" t="s">
+        <v>177</v>
+      </c>
+      <c r="F94" t="s">
+        <v>367</v>
+      </c>
+      <c r="G94" t="s">
         <v>368</v>
       </c>
-      <c r="C94" t="s">
-[...8 lines deleted...]
-      <c r="F94" t="s">
+      <c r="H94" t="s">
+        <v>85</v>
+      </c>
+      <c r="I94" s="1" t="s">
         <v>369</v>
-      </c>
-[...7 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="B95" t="s">
+        <v>370</v>
+      </c>
+      <c r="C95" t="s">
+        <v>371</v>
+      </c>
+      <c r="D95" t="s">
+        <v>88</v>
+      </c>
+      <c r="E95" t="s">
+        <v>177</v>
+      </c>
+      <c r="F95" t="s">
+        <v>367</v>
+      </c>
+      <c r="G95" t="s">
         <v>372</v>
       </c>
-      <c r="C95" t="s">
+      <c r="H95" t="s">
+        <v>85</v>
+      </c>
+      <c r="I95" s="1" t="s">
         <v>373</v>
-      </c>
-[...16 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="B96" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C96" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="D96" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E96" t="s">
-        <v>339</v>
+        <v>177</v>
       </c>
       <c r="F96" t="s">
         <v>93</v>
       </c>
       <c r="G96" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="H96" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B97" t="s">
+        <v>378</v>
+      </c>
+      <c r="C97" t="s">
+        <v>357</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>188</v>
+      </c>
+      <c r="F97" t="s">
+        <v>136</v>
+      </c>
+      <c r="G97" t="s">
+        <v>379</v>
+      </c>
+      <c r="H97" t="s">
+        <v>85</v>
+      </c>
+      <c r="I97" s="1" t="s">
         <v>380</v>
-      </c>
-[...19 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="B98" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C98" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D98" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F98" t="s">
-        <v>385</v>
+        <v>136</v>
       </c>
       <c r="G98" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="H98" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="B99" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="C99" t="s">
-        <v>389</v>
+        <v>357</v>
       </c>
       <c r="D99" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="E99" t="s">
-        <v>165</v>
+        <v>358</v>
       </c>
       <c r="F99" t="s">
-        <v>390</v>
+        <v>239</v>
       </c>
       <c r="G99" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
       <c r="H99" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="B100" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="C100" t="s">
+        <v>382</v>
+      </c>
+      <c r="D100" t="s">
+        <v>64</v>
+      </c>
+      <c r="E100" t="s">
+        <v>188</v>
+      </c>
+      <c r="F100" t="s">
+        <v>388</v>
+      </c>
+      <c r="G100" t="s">
         <v>389</v>
       </c>
-      <c r="D100" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H100" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="B101" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C101" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="D101" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="E101" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F101" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="G101" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="H101" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B102" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="C102" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
       <c r="D102" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="E102" t="s">
-        <v>165</v>
+        <v>358</v>
       </c>
       <c r="F102" t="s">
-        <v>402</v>
+        <v>28</v>
       </c>
       <c r="G102" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="H102" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B103" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C103" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D103" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E103" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F103" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="G103" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="H103" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B104" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="C104" t="s">
-        <v>268</v>
+        <v>400</v>
       </c>
       <c r="D104" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="E104" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F104" t="s">
-        <v>124</v>
+        <v>404</v>
       </c>
       <c r="G104" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="H104" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="B105" t="s">
+        <v>407</v>
+      </c>
+      <c r="C105" t="s">
+        <v>408</v>
+      </c>
+      <c r="D105" t="s">
+        <v>64</v>
+      </c>
+      <c r="E105" t="s">
+        <v>188</v>
+      </c>
+      <c r="F105" t="s">
+        <v>409</v>
+      </c>
+      <c r="G105" t="s">
+        <v>410</v>
+      </c>
+      <c r="H105" t="s">
+        <v>85</v>
+      </c>
+      <c r="I105" s="1" t="s">
         <v>411</v>
-      </c>
-[...19 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="B106" t="s">
+        <v>412</v>
+      </c>
+      <c r="C106" t="s">
+        <v>408</v>
+      </c>
+      <c r="D106" t="s">
+        <v>27</v>
+      </c>
+      <c r="E106" t="s">
+        <v>188</v>
+      </c>
+      <c r="F106" t="s">
+        <v>413</v>
+      </c>
+      <c r="G106" t="s">
+        <v>414</v>
+      </c>
+      <c r="H106" t="s">
+        <v>85</v>
+      </c>
+      <c r="I106" s="1" t="s">
         <v>415</v>
-      </c>
-[...19 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="B107" t="s">
+        <v>416</v>
+      </c>
+      <c r="C107" t="s">
+        <v>417</v>
+      </c>
+      <c r="D107" t="s">
+        <v>64</v>
+      </c>
+      <c r="E107" t="s">
+        <v>188</v>
+      </c>
+      <c r="F107" t="s">
+        <v>409</v>
+      </c>
+      <c r="G107" t="s">
         <v>418</v>
       </c>
-      <c r="C107" t="s">
+      <c r="H107" t="s">
+        <v>85</v>
+      </c>
+      <c r="I107" s="1" t="s">
         <v>419</v>
-      </c>
-[...16 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="B108" t="s">
+        <v>420</v>
+      </c>
+      <c r="C108" t="s">
+        <v>392</v>
+      </c>
+      <c r="D108" t="s">
+        <v>64</v>
+      </c>
+      <c r="E108" t="s">
+        <v>188</v>
+      </c>
+      <c r="F108" t="s">
+        <v>421</v>
+      </c>
+      <c r="G108" t="s">
+        <v>422</v>
+      </c>
+      <c r="H108" t="s">
+        <v>85</v>
+      </c>
+      <c r="I108" s="1" t="s">
         <v>423</v>
-      </c>
-[...19 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="B109" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C109" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="D109" t="s">
-        <v>430</v>
+        <v>27</v>
       </c>
       <c r="E109" t="s">
-        <v>428</v>
+        <v>188</v>
       </c>
       <c r="F109" t="s">
-        <v>431</v>
+        <v>37</v>
       </c>
       <c r="G109" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="H109" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="B110" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="C110" t="s">
-        <v>268</v>
+        <v>290</v>
       </c>
       <c r="D110" t="s">
-        <v>435</v>
+        <v>64</v>
       </c>
       <c r="E110" t="s">
-        <v>434</v>
+        <v>188</v>
       </c>
       <c r="F110" t="s">
-        <v>436</v>
+        <v>147</v>
       </c>
       <c r="G110" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="H110" t="s">
-        <v>438</v>
+        <v>85</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B111" t="s">
-        <v>439</v>
+        <v>430</v>
       </c>
       <c r="C111" t="s">
-        <v>440</v>
+        <v>290</v>
       </c>
       <c r="D111" t="s">
-        <v>435</v>
+        <v>82</v>
       </c>
       <c r="E111" t="s">
-        <v>439</v>
+        <v>177</v>
       </c>
       <c r="F111" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="G111" t="s">
-        <v>441</v>
+        <v>432</v>
       </c>
       <c r="H111" t="s">
-        <v>438</v>
+        <v>85</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="B112" t="s">
-        <v>442</v>
+        <v>434</v>
       </c>
       <c r="C112" t="s">
-        <v>429</v>
+        <v>290</v>
       </c>
       <c r="D112" t="s">
+        <v>27</v>
+      </c>
+      <c r="E112" t="s">
+        <v>358</v>
+      </c>
+      <c r="F112" t="s">
+        <v>322</v>
+      </c>
+      <c r="G112" t="s">
         <v>435</v>
       </c>
-      <c r="E112" t="s">
-[...2 lines deleted...]
-      <c r="F112" t="s">
+      <c r="H112" t="s">
+        <v>125</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>436</v>
-      </c>
-[...7 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B113" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="C113" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="D113" t="s">
-        <v>435</v>
+        <v>88</v>
       </c>
       <c r="E113" t="s">
-        <v>443</v>
+        <v>177</v>
       </c>
       <c r="F113" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="G113" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="H113" t="s">
-        <v>438</v>
+        <v>85</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="B114" t="s">
+        <v>442</v>
+      </c>
+      <c r="C114" t="s">
+        <v>443</v>
+      </c>
+      <c r="D114" t="s">
+        <v>88</v>
+      </c>
+      <c r="E114" t="s">
+        <v>177</v>
+      </c>
+      <c r="F114" t="s">
+        <v>444</v>
+      </c>
+      <c r="G114" t="s">
+        <v>445</v>
+      </c>
+      <c r="H114" t="s">
+        <v>85</v>
+      </c>
+      <c r="I114" s="1" t="s">
         <v>446</v>
-      </c>
-[...19 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="B115" t="s">
+        <v>447</v>
+      </c>
+      <c r="C115" t="s">
+        <v>448</v>
+      </c>
+      <c r="D115" t="s">
+        <v>449</v>
+      </c>
+      <c r="E115" t="s">
+        <v>447</v>
+      </c>
+      <c r="F115" t="s">
         <v>450</v>
       </c>
-      <c r="C115" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G115" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="H115" t="s">
-        <v>449</v>
+        <v>85</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B116" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C116" t="s">
-        <v>429</v>
+        <v>290</v>
       </c>
       <c r="D116" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="E116" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="F116" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="G116" t="s">
-        <v>432</v>
+        <v>456</v>
       </c>
       <c r="H116" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>433</v>
+        <v>452</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="B117" t="s">
+        <v>458</v>
+      </c>
+      <c r="C117" t="s">
+        <v>459</v>
+      </c>
+      <c r="D117" t="s">
+        <v>454</v>
+      </c>
+      <c r="E117" t="s">
+        <v>458</v>
+      </c>
+      <c r="F117" t="s">
+        <v>455</v>
+      </c>
+      <c r="G117" t="s">
+        <v>460</v>
+      </c>
+      <c r="H117" t="s">
+        <v>457</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>452</v>
-      </c>
-[...19 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="B118" t="s">
+        <v>461</v>
+      </c>
+      <c r="C118" t="s">
+        <v>448</v>
+      </c>
+      <c r="D118" t="s">
+        <v>454</v>
+      </c>
+      <c r="E118" t="s">
+        <v>461</v>
+      </c>
+      <c r="F118" t="s">
+        <v>455</v>
+      </c>
+      <c r="G118" t="s">
+        <v>451</v>
+      </c>
+      <c r="H118" t="s">
         <v>457</v>
       </c>
-      <c r="C118" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I118" s="1" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B119" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C119" t="s">
-        <v>389</v>
+        <v>463</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>454</v>
       </c>
       <c r="E119" t="s">
-        <v>339</v>
+        <v>462</v>
       </c>
       <c r="F119" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="G119" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="H119" t="s">
-        <v>59</v>
+        <v>457</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="B120" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C120" t="s">
-        <v>398</v>
+        <v>290</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>466</v>
       </c>
       <c r="E120" t="s">
-        <v>339</v>
+        <v>465</v>
       </c>
       <c r="F120" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="G120" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="H120" t="s">
-        <v>59</v>
+        <v>468</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>465</v>
+        <v>452</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B121" t="s">
+        <v>469</v>
+      </c>
+      <c r="C121" t="s">
+        <v>459</v>
+      </c>
+      <c r="D121" t="s">
         <v>466</v>
       </c>
-      <c r="C121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E121" t="s">
-        <v>154</v>
+        <v>469</v>
       </c>
       <c r="F121" t="s">
         <v>467</v>
       </c>
       <c r="G121" t="s">
+        <v>460</v>
+      </c>
+      <c r="H121" t="s">
         <v>468</v>
       </c>
-      <c r="H121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I121" s="1" t="s">
-        <v>469</v>
+        <v>452</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="B122" t="s">
         <v>470</v>
       </c>
       <c r="C122" t="s">
-        <v>302</v>
+        <v>448</v>
       </c>
       <c r="D122" t="s">
-        <v>62</v>
+        <v>466</v>
       </c>
       <c r="E122" t="s">
-        <v>154</v>
+        <v>470</v>
       </c>
       <c r="F122" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="G122" t="s">
-        <v>472</v>
+        <v>451</v>
       </c>
       <c r="H122" t="s">
-        <v>59</v>
+        <v>468</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>473</v>
+        <v>452</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B123" t="s">
+        <v>471</v>
+      </c>
+      <c r="C123" t="s">
+        <v>472</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>177</v>
+      </c>
+      <c r="F123" t="s">
+        <v>473</v>
+      </c>
+      <c r="G123" t="s">
         <v>474</v>
       </c>
-      <c r="C123" t="s">
-[...8 lines deleted...]
-      <c r="F123" t="s">
+      <c r="H123" t="s">
+        <v>85</v>
+      </c>
+      <c r="I123" s="1" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="B124" t="s">
+        <v>476</v>
+      </c>
+      <c r="C124" t="s">
+        <v>400</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>177</v>
+      </c>
+      <c r="F124" t="s">
+        <v>477</v>
+      </c>
+      <c r="G124" t="s">
+        <v>440</v>
+      </c>
+      <c r="H124" t="s">
+        <v>85</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>478</v>
-      </c>
-[...19 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B125" t="s">
+        <v>479</v>
+      </c>
+      <c r="C125" t="s">
+        <v>408</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>358</v>
+      </c>
+      <c r="F125" t="s">
+        <v>480</v>
+      </c>
+      <c r="G125" t="s">
         <v>481</v>
       </c>
-      <c r="C125" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H125" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>257</v>
+        <v>482</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B126" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C126" t="s">
-        <v>381</v>
+        <v>417</v>
       </c>
       <c r="D126" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>154</v>
+        <v>358</v>
       </c>
       <c r="F126" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="G126" t="s">
+        <v>481</v>
+      </c>
+      <c r="H126" t="s">
+        <v>85</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>484</v>
-      </c>
-[...4 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="B127" t="s">
+        <v>485</v>
+      </c>
+      <c r="C127" t="s">
+        <v>317</v>
+      </c>
+      <c r="D127" t="s">
+        <v>88</v>
+      </c>
+      <c r="E127" t="s">
+        <v>177</v>
+      </c>
+      <c r="F127" t="s">
         <v>486</v>
       </c>
-      <c r="C127" t="s">
+      <c r="G127" t="s">
         <v>487</v>
       </c>
-      <c r="D127" t="s">
-[...5 lines deleted...]
-      <c r="F127" t="s">
+      <c r="H127" t="s">
+        <v>85</v>
+      </c>
+      <c r="I127" s="1" t="s">
         <v>488</v>
-      </c>
-[...7 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="B128" t="s">
+        <v>489</v>
+      </c>
+      <c r="C128" t="s">
+        <v>321</v>
+      </c>
+      <c r="D128" t="s">
+        <v>88</v>
+      </c>
+      <c r="E128" t="s">
+        <v>177</v>
+      </c>
+      <c r="F128" t="s">
+        <v>490</v>
+      </c>
+      <c r="G128" t="s">
         <v>491</v>
       </c>
-      <c r="C128" t="s">
-[...8 lines deleted...]
-      <c r="F128" t="s">
+      <c r="H128" t="s">
+        <v>85</v>
+      </c>
+      <c r="I128" s="1" t="s">
         <v>492</v>
-      </c>
-[...7 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="B129" t="s">
+        <v>493</v>
+      </c>
+      <c r="C129" t="s">
+        <v>352</v>
+      </c>
+      <c r="D129" t="s">
+        <v>88</v>
+      </c>
+      <c r="E129" t="s">
+        <v>177</v>
+      </c>
+      <c r="F129" t="s">
+        <v>494</v>
+      </c>
+      <c r="G129" t="s">
         <v>495</v>
       </c>
-      <c r="C129" t="s">
+      <c r="H129" t="s">
+        <v>85</v>
+      </c>
+      <c r="I129" s="1" t="s">
         <v>496</v>
-      </c>
-[...16 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B130" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="C130" t="s">
-        <v>501</v>
+        <v>357</v>
       </c>
       <c r="D130" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E130" t="s">
-        <v>339</v>
+        <v>177</v>
       </c>
       <c r="F130" t="s">
-        <v>502</v>
+        <v>486</v>
       </c>
       <c r="G130" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="H130" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B131" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="C131" t="s">
-        <v>506</v>
+        <v>382</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E131" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F131" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="G131" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="H131" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>456</v>
+        <v>21</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="B132" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="C132" t="s">
-        <v>509</v>
+        <v>400</v>
       </c>
       <c r="D132" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E132" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F132" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="G132" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="H132" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>158</v>
+        <v>504</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="B133" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="C133" t="s">
-        <v>389</v>
+        <v>506</v>
       </c>
       <c r="D133" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="E133" t="s">
-        <v>154</v>
+        <v>358</v>
       </c>
       <c r="F133" t="s">
-        <v>150</v>
+        <v>507</v>
       </c>
       <c r="G133" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="H133" t="s">
-        <v>59</v>
+        <v>125</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="B134" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="C134" t="s">
-        <v>398</v>
+        <v>448</v>
       </c>
       <c r="D134" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>154</v>
+        <v>358</v>
       </c>
       <c r="F134" t="s">
-        <v>150</v>
+        <v>511</v>
       </c>
       <c r="G134" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="H134" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B135" t="s">
+        <v>514</v>
+      </c>
+      <c r="C135" t="s">
+        <v>515</v>
+      </c>
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>177</v>
+      </c>
+      <c r="F135" t="s">
+        <v>516</v>
+      </c>
+      <c r="G135" t="s">
+        <v>517</v>
+      </c>
+      <c r="H135" t="s">
+        <v>85</v>
+      </c>
+      <c r="I135" s="1" t="s">
         <v>518</v>
-      </c>
-[...19 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B136" t="s">
+        <v>519</v>
+      </c>
+      <c r="C136" t="s">
         <v>520</v>
       </c>
-      <c r="C136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D136" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>149</v>
+        <v>358</v>
       </c>
       <c r="F136" t="s">
-        <v>150</v>
+        <v>521</v>
       </c>
       <c r="G136" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="H136" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="B137" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C137" t="s">
-        <v>373</v>
+        <v>525</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>339</v>
+        <v>177</v>
       </c>
       <c r="F137" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="G137" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="H137" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>525</v>
+        <v>475</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="B138" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C138" t="s">
-        <v>268</v>
+        <v>528</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="E138" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="F138" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="G138" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="H138" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>517</v>
+        <v>181</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="B139" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C139" t="s">
-        <v>268</v>
+        <v>408</v>
       </c>
       <c r="D139" t="s">
-        <v>274</v>
+        <v>88</v>
       </c>
       <c r="E139" t="s">
-        <v>12</v>
+        <v>177</v>
       </c>
       <c r="F139" t="s">
-        <v>275</v>
+        <v>173</v>
       </c>
       <c r="G139" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="H139" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="B140" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C140" t="s">
-        <v>533</v>
+        <v>417</v>
       </c>
       <c r="D140" t="s">
-        <v>534</v>
+        <v>88</v>
       </c>
       <c r="E140" t="s">
+        <v>177</v>
+      </c>
+      <c r="F140" t="s">
+        <v>173</v>
+      </c>
+      <c r="G140" t="s">
         <v>535</v>
       </c>
-      <c r="F140" t="s">
+      <c r="H140" t="s">
+        <v>85</v>
+      </c>
+      <c r="I140" s="1" t="s">
         <v>536</v>
-      </c>
-[...7 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="B141" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C141" t="s">
-        <v>540</v>
+        <v>392</v>
       </c>
       <c r="D141" t="s">
-        <v>534</v>
+        <v>88</v>
       </c>
       <c r="E141" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="F141" t="s">
-        <v>541</v>
+        <v>173</v>
       </c>
       <c r="G141" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="H141" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B142" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="C142" t="s">
-        <v>545</v>
+        <v>290</v>
       </c>
       <c r="D142" t="s">
-        <v>534</v>
+        <v>88</v>
       </c>
       <c r="E142" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F142" t="s">
-        <v>546</v>
+        <v>173</v>
       </c>
       <c r="G142" t="s">
-        <v>547</v>
+        <v>535</v>
       </c>
       <c r="H142" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B143" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="C143" t="s">
-        <v>550</v>
+        <v>392</v>
       </c>
       <c r="D143" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>169</v>
+        <v>358</v>
       </c>
       <c r="F143" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="G143" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="H143" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B144" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="C144" t="s">
-        <v>555</v>
+        <v>290</v>
       </c>
       <c r="D144" t="s">
-        <v>534</v>
+        <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>169</v>
+        <v>210</v>
       </c>
       <c r="F144" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="G144" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="H144" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>558</v>
+        <v>536</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="B145" t="s">
-        <v>559</v>
+        <v>548</v>
       </c>
       <c r="C145" t="s">
-        <v>509</v>
+        <v>290</v>
       </c>
       <c r="D145" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E145" t="s">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>560</v>
+        <v>33</v>
       </c>
       <c r="G145" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
       <c r="H145" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>562</v>
+        <v>550</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="B146" t="s">
-        <v>563</v>
+        <v>551</v>
       </c>
       <c r="C146" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D146" t="s">
-        <v>38</v>
+        <v>553</v>
       </c>
       <c r="E146" t="s">
-        <v>187</v>
+        <v>554</v>
       </c>
       <c r="F146" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="G146" t="s">
-        <v>565</v>
+        <v>556</v>
       </c>
       <c r="H146" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>566</v>
+        <v>557</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B147" t="s">
-        <v>567</v>
+        <v>558</v>
       </c>
       <c r="C147" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="D147" t="s">
-        <v>38</v>
+        <v>553</v>
       </c>
       <c r="E147" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F147" t="s">
-        <v>569</v>
+        <v>560</v>
       </c>
       <c r="G147" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="H147" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B148" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="C148" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="D148" t="s">
-        <v>38</v>
+        <v>553</v>
       </c>
       <c r="E148" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F148" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="G148" t="s">
-        <v>484</v>
+        <v>566</v>
       </c>
       <c r="H148" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B149" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="C149" t="s">
-        <v>440</v>
+        <v>569</v>
       </c>
       <c r="D149" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="E149" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F149" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="G149" t="s">
-        <v>484</v>
+        <v>571</v>
       </c>
       <c r="H149" t="s">
-        <v>59</v>
+        <v>125</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B150" t="s">
+        <v>573</v>
+      </c>
+      <c r="C150" t="s">
+        <v>574</v>
+      </c>
+      <c r="D150" t="s">
+        <v>553</v>
+      </c>
+      <c r="E150" t="s">
+        <v>192</v>
+      </c>
+      <c r="F150" t="s">
+        <v>575</v>
+      </c>
+      <c r="G150" t="s">
+        <v>576</v>
+      </c>
+      <c r="H150" t="s">
+        <v>85</v>
+      </c>
+      <c r="I150" s="1" t="s">
         <v>577</v>
-      </c>
-[...19 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="B151" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="C151" t="s">
-        <v>584</v>
+        <v>528</v>
       </c>
       <c r="D151" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="E151" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F151" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="G151" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="H151" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="B152" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="C152" t="s">
-        <v>440</v>
+        <v>569</v>
       </c>
       <c r="D152" t="s">
-        <v>534</v>
+        <v>64</v>
       </c>
       <c r="E152" t="s">
-        <v>589</v>
+        <v>210</v>
       </c>
       <c r="F152" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="G152" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="H152" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B153" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="C153" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="D153" t="s">
-        <v>579</v>
+        <v>64</v>
       </c>
       <c r="E153" t="s">
-        <v>595</v>
+        <v>210</v>
       </c>
       <c r="F153" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="G153" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
       <c r="H153" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>598</v>
+        <v>589</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B154" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="C154" t="s">
-        <v>398</v>
+        <v>591</v>
       </c>
       <c r="D154" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E154" t="s">
-        <v>154</v>
+        <v>210</v>
       </c>
       <c r="F154" t="s">
-        <v>600</v>
+        <v>588</v>
       </c>
       <c r="G154" t="s">
-        <v>601</v>
+        <v>503</v>
       </c>
       <c r="H154" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B155" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="C155" t="s">
-        <v>604</v>
+        <v>459</v>
       </c>
       <c r="D155" t="s">
-        <v>534</v>
+        <v>64</v>
       </c>
       <c r="E155" t="s">
-        <v>169</v>
+        <v>210</v>
       </c>
       <c r="F155" t="s">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="G155" t="s">
-        <v>606</v>
+        <v>503</v>
       </c>
       <c r="H155" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="B156" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="C156" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="D156" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E156" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>610</v>
+        <v>599</v>
       </c>
       <c r="G156" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="H156" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="B157" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="C157" t="s">
-        <v>614</v>
+        <v>603</v>
       </c>
       <c r="D157" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E157" t="s">
-        <v>12</v>
+        <v>210</v>
       </c>
       <c r="F157" t="s">
-        <v>615</v>
+        <v>604</v>
       </c>
       <c r="G157" t="s">
-        <v>511</v>
+        <v>605</v>
       </c>
       <c r="H157" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="B158" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="C158" t="s">
-        <v>618</v>
+        <v>459</v>
       </c>
       <c r="D158" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E158" t="s">
-        <v>12</v>
+        <v>608</v>
       </c>
       <c r="F158" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="G158" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
       <c r="H158" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="B159" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
       <c r="C159" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="D159" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E159" t="s">
-        <v>169</v>
+        <v>614</v>
       </c>
       <c r="F159" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="G159" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="H159" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="B160" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="C160" t="s">
-        <v>627</v>
+        <v>417</v>
       </c>
       <c r="D160" t="s">
-        <v>579</v>
+        <v>82</v>
       </c>
       <c r="E160" t="s">
-        <v>12</v>
+        <v>177</v>
       </c>
       <c r="F160" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="G160" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="H160" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>630</v>
+        <v>621</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="B161" t="s">
-        <v>631</v>
+        <v>622</v>
       </c>
       <c r="C161" t="s">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="D161" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E161" t="s">
-        <v>12</v>
+        <v>192</v>
       </c>
       <c r="F161" t="s">
-        <v>633</v>
+        <v>624</v>
       </c>
       <c r="G161" t="s">
-        <v>634</v>
+        <v>625</v>
       </c>
       <c r="H161" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>635</v>
+        <v>626</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B162" t="s">
-        <v>636</v>
+        <v>627</v>
       </c>
       <c r="C162" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="D162" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E162" t="s">
-        <v>12</v>
+        <v>210</v>
       </c>
       <c r="F162" t="s">
-        <v>638</v>
+        <v>629</v>
       </c>
       <c r="G162" t="s">
-        <v>639</v>
+        <v>630</v>
       </c>
       <c r="H162" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="B163" t="s">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="C163" t="s">
-        <v>496</v>
+        <v>633</v>
       </c>
       <c r="D163" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="G163" t="s">
-        <v>639</v>
+        <v>530</v>
       </c>
       <c r="H163" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="B164" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
       <c r="C164" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="D164" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E164" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
       <c r="G164" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
       <c r="H164" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B165" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="C165" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="D165" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E165" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F165" t="s">
-        <v>651</v>
+        <v>624</v>
       </c>
       <c r="G165" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="H165" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="B166" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="C166" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
       <c r="D166" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E166" t="s">
-        <v>165</v>
+        <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>303</v>
+        <v>647</v>
       </c>
       <c r="G166" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="H166" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="B167" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="C167" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="D167" t="s">
-        <v>62</v>
+        <v>598</v>
       </c>
       <c r="E167" t="s">
-        <v>154</v>
+        <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="G167" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="H167" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="B168" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="C168" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="D168" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E168" t="s">
-        <v>664</v>
+        <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>605</v>
+        <v>657</v>
       </c>
       <c r="G168" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="H168" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B169" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="C169" t="s">
-        <v>668</v>
+        <v>515</v>
       </c>
       <c r="D169" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E169" t="s">
-        <v>669</v>
+        <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>670</v>
+        <v>661</v>
       </c>
       <c r="G169" t="s">
-        <v>671</v>
+        <v>658</v>
       </c>
       <c r="H169" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="B170" t="s">
-        <v>673</v>
+        <v>663</v>
       </c>
       <c r="C170" t="s">
-        <v>578</v>
+        <v>664</v>
       </c>
       <c r="D170" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E170" t="s">
-        <v>674</v>
+        <v>210</v>
       </c>
       <c r="F170" t="s">
-        <v>675</v>
+        <v>665</v>
       </c>
       <c r="G170" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="H170" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>676</v>
+        <v>667</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="B171" t="s">
-        <v>677</v>
+        <v>668</v>
       </c>
       <c r="C171" t="s">
-        <v>678</v>
+        <v>669</v>
       </c>
       <c r="D171" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E171" t="s">
-        <v>589</v>
+        <v>210</v>
       </c>
       <c r="F171" t="s">
-        <v>605</v>
+        <v>670</v>
       </c>
       <c r="G171" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H171" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="B172" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="C172" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="D172" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E172" t="s">
-        <v>682</v>
+        <v>188</v>
       </c>
       <c r="F172" t="s">
-        <v>683</v>
+        <v>322</v>
       </c>
       <c r="G172" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
       <c r="H172" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>685</v>
+        <v>675</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B173" t="s">
-        <v>686</v>
+        <v>676</v>
       </c>
       <c r="C173" t="s">
-        <v>572</v>
+        <v>677</v>
       </c>
       <c r="D173" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="E173" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F173" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
       <c r="G173" t="s">
-        <v>688</v>
+        <v>679</v>
       </c>
       <c r="H173" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>689</v>
+        <v>680</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="B174" t="s">
-        <v>690</v>
+        <v>681</v>
       </c>
       <c r="C174" t="s">
-        <v>440</v>
+        <v>682</v>
       </c>
       <c r="D174" t="s">
-        <v>62</v>
+        <v>553</v>
       </c>
       <c r="E174" t="s">
-        <v>154</v>
+        <v>683</v>
       </c>
       <c r="F174" t="s">
-        <v>691</v>
+        <v>624</v>
       </c>
       <c r="G174" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
       <c r="H174" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>693</v>
+        <v>685</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="B175" t="s">
-        <v>694</v>
+        <v>686</v>
       </c>
       <c r="C175" t="s">
-        <v>550</v>
+        <v>687</v>
       </c>
       <c r="D175" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
       <c r="E175" t="s">
-        <v>165</v>
+        <v>688</v>
       </c>
       <c r="F175" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="G175" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
       <c r="H175" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="B176" t="s">
-        <v>698</v>
+        <v>692</v>
       </c>
       <c r="C176" t="s">
-        <v>509</v>
+        <v>597</v>
       </c>
       <c r="D176" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
       <c r="E176" t="s">
-        <v>165</v>
+        <v>693</v>
       </c>
       <c r="F176" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="G176" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="H176" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>456</v>
+        <v>695</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B177" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="C177" t="s">
-        <v>572</v>
+        <v>697</v>
       </c>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
       <c r="E177" t="s">
-        <v>165</v>
+        <v>608</v>
       </c>
       <c r="F177" t="s">
-        <v>702</v>
+        <v>624</v>
       </c>
       <c r="G177" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
       <c r="H177" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>345</v>
+        <v>698</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B178" t="s">
+        <v>699</v>
+      </c>
+      <c r="C178" t="s">
+        <v>700</v>
+      </c>
+      <c r="D178" t="s">
+        <v>553</v>
+      </c>
+      <c r="E178" t="s">
+        <v>701</v>
+      </c>
+      <c r="F178" t="s">
+        <v>702</v>
+      </c>
+      <c r="G178" t="s">
         <v>703</v>
       </c>
-      <c r="C178" t="s">
-[...8 lines deleted...]
-      <c r="F178" t="s">
+      <c r="H178" t="s">
+        <v>85</v>
+      </c>
+      <c r="I178" s="1" t="s">
         <v>704</v>
-      </c>
-[...7 lines deleted...]
-        <v>1560000</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="B179" t="s">
+        <v>705</v>
+      </c>
+      <c r="C179" t="s">
+        <v>591</v>
+      </c>
+      <c r="D179" t="s">
+        <v>88</v>
+      </c>
+      <c r="E179" t="s">
+        <v>177</v>
+      </c>
+      <c r="F179" t="s">
         <v>706</v>
       </c>
-      <c r="C179" t="s">
+      <c r="G179" t="s">
         <v>707</v>
       </c>
-      <c r="D179" t="s">
-[...5 lines deleted...]
-      <c r="F179" t="s">
+      <c r="H179" t="s">
+        <v>85</v>
+      </c>
+      <c r="I179" s="1" t="s">
         <v>708</v>
-      </c>
-[...7 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="B180" t="s">
+        <v>709</v>
+      </c>
+      <c r="C180" t="s">
+        <v>459</v>
+      </c>
+      <c r="D180" t="s">
+        <v>88</v>
+      </c>
+      <c r="E180" t="s">
+        <v>177</v>
+      </c>
+      <c r="F180" t="s">
         <v>710</v>
-      </c>
-[...10 lines deleted...]
-        <v>303</v>
       </c>
       <c r="G180" t="s">
         <v>711</v>
       </c>
       <c r="H180" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B181" t="s">
         <v>713</v>
       </c>
       <c r="C181" t="s">
-        <v>501</v>
+        <v>569</v>
       </c>
       <c r="D181" t="s">
-        <v>579</v>
+        <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>339</v>
+        <v>188</v>
       </c>
       <c r="F181" t="s">
         <v>714</v>
       </c>
       <c r="G181" t="s">
         <v>715</v>
       </c>
       <c r="H181" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B182" t="s">
         <v>717</v>
       </c>
       <c r="C182" t="s">
-        <v>627</v>
+        <v>528</v>
       </c>
       <c r="D182" t="s">
-        <v>534</v>
+        <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>339</v>
+        <v>188</v>
       </c>
       <c r="F182" t="s">
         <v>718</v>
       </c>
       <c r="G182" t="s">
         <v>719</v>
       </c>
       <c r="H182" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>720</v>
+        <v>475</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B183" t="s">
+        <v>720</v>
+      </c>
+      <c r="C183" t="s">
+        <v>591</v>
+      </c>
+      <c r="D183" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" t="s">
+        <v>188</v>
+      </c>
+      <c r="F183" t="s">
         <v>721</v>
       </c>
-      <c r="C183" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G183" t="s">
-        <v>665</v>
+        <v>711</v>
       </c>
       <c r="H183" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>722</v>
+        <v>364</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="B184" t="s">
+        <v>722</v>
+      </c>
+      <c r="C184" t="s">
+        <v>459</v>
+      </c>
+      <c r="D184" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" t="s">
+        <v>177</v>
+      </c>
+      <c r="F184" t="s">
         <v>723</v>
       </c>
-      <c r="C184" t="s">
-[...8 lines deleted...]
-      <c r="F184" t="s">
+      <c r="G184" t="s">
         <v>724</v>
       </c>
-      <c r="G184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H184" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>726</v>
+        <v>85</v>
+      </c>
+      <c r="I184" s="1">
+        <v>1560000</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="B185" t="s">
+        <v>725</v>
+      </c>
+      <c r="C185" t="s">
+        <v>726</v>
+      </c>
+      <c r="D185" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
+        <v>177</v>
+      </c>
+      <c r="F185" t="s">
         <v>727</v>
       </c>
-      <c r="C185" t="s">
-[...8 lines deleted...]
-      <c r="F185" t="s">
+      <c r="G185" t="s">
         <v>728</v>
       </c>
-      <c r="G185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H185" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>730</v>
+        <v>488</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="B186" t="s">
+        <v>729</v>
+      </c>
+      <c r="C186" t="s">
+        <v>613</v>
+      </c>
+      <c r="D186" t="s">
+        <v>553</v>
+      </c>
+      <c r="E186" t="s">
+        <v>358</v>
+      </c>
+      <c r="F186" t="s">
+        <v>322</v>
+      </c>
+      <c r="G186" t="s">
+        <v>730</v>
+      </c>
+      <c r="H186" t="s">
+        <v>85</v>
+      </c>
+      <c r="I186" s="1" t="s">
         <v>731</v>
-      </c>
-[...19 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="B187" t="s">
+        <v>732</v>
+      </c>
+      <c r="C187" t="s">
+        <v>520</v>
+      </c>
+      <c r="D187" t="s">
+        <v>598</v>
+      </c>
+      <c r="E187" t="s">
+        <v>358</v>
+      </c>
+      <c r="F187" t="s">
+        <v>733</v>
+      </c>
+      <c r="G187" t="s">
+        <v>734</v>
+      </c>
+      <c r="H187" t="s">
+        <v>85</v>
+      </c>
+      <c r="I187" s="1" t="s">
         <v>735</v>
-      </c>
-[...19 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="B188" t="s">
+        <v>736</v>
+      </c>
+      <c r="C188" t="s">
+        <v>646</v>
+      </c>
+      <c r="D188" t="s">
+        <v>553</v>
+      </c>
+      <c r="E188" t="s">
+        <v>358</v>
+      </c>
+      <c r="F188" t="s">
+        <v>737</v>
+      </c>
+      <c r="G188" t="s">
         <v>738</v>
       </c>
-      <c r="C188" t="s">
-[...8 lines deleted...]
-      <c r="F188" t="s">
+      <c r="H188" t="s">
+        <v>85</v>
+      </c>
+      <c r="I188" s="1" t="s">
         <v>739</v>
-      </c>
-[...7 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="B189" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="C189" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="D189" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E189" t="s">
-        <v>165</v>
+        <v>608</v>
       </c>
       <c r="F189" t="s">
-        <v>605</v>
+        <v>624</v>
       </c>
       <c r="G189" t="s">
-        <v>743</v>
+        <v>684</v>
       </c>
       <c r="H189" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="B190" t="s">
+        <v>742</v>
+      </c>
+      <c r="C190" t="s">
+        <v>525</v>
+      </c>
+      <c r="D190" t="s">
+        <v>598</v>
+      </c>
+      <c r="E190" t="s">
+        <v>358</v>
+      </c>
+      <c r="F190" t="s">
+        <v>743</v>
+      </c>
+      <c r="G190" t="s">
+        <v>744</v>
+      </c>
+      <c r="H190" t="s">
+        <v>85</v>
+      </c>
+      <c r="I190" s="1" t="s">
         <v>745</v>
-      </c>
-[...19 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="B191" t="s">
+        <v>746</v>
+      </c>
+      <c r="C191" t="s">
+        <v>569</v>
+      </c>
+      <c r="D191" t="s">
+        <v>598</v>
+      </c>
+      <c r="E191" t="s">
+        <v>358</v>
+      </c>
+      <c r="F191" t="s">
+        <v>747</v>
+      </c>
+      <c r="G191" t="s">
+        <v>748</v>
+      </c>
+      <c r="H191" t="s">
+        <v>85</v>
+      </c>
+      <c r="I191" s="1" t="s">
         <v>749</v>
-      </c>
-[...19 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="B192" t="s">
+        <v>750</v>
+      </c>
+      <c r="C192" t="s">
+        <v>528</v>
+      </c>
+      <c r="D192" t="s">
+        <v>598</v>
+      </c>
+      <c r="E192" t="s">
+        <v>358</v>
+      </c>
+      <c r="F192" t="s">
+        <v>751</v>
+      </c>
+      <c r="G192" t="s">
+        <v>752</v>
+      </c>
+      <c r="H192" t="s">
+        <v>85</v>
+      </c>
+      <c r="I192" s="1" t="s">
         <v>753</v>
-      </c>
-[...19 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B193" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C193" t="s">
-        <v>509</v>
+        <v>591</v>
       </c>
       <c r="D193" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E193" t="s">
-        <v>165</v>
+        <v>358</v>
       </c>
       <c r="F193" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="G193" t="s">
-        <v>759</v>
+        <v>738</v>
       </c>
       <c r="H193" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B194" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="C194" t="s">
-        <v>440</v>
+        <v>459</v>
       </c>
       <c r="D194" t="s">
-        <v>274</v>
+        <v>598</v>
       </c>
       <c r="E194" t="s">
-        <v>154</v>
+        <v>358</v>
       </c>
       <c r="F194" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="G194" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="H194" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B195" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="C195" t="s">
-        <v>453</v>
+        <v>651</v>
       </c>
       <c r="D195" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E195" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F195" t="s">
-        <v>766</v>
+        <v>624</v>
       </c>
       <c r="G195" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="H195" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="B196" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="C196" t="s">
-        <v>496</v>
+        <v>591</v>
       </c>
       <c r="D196" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="E196" t="s">
-        <v>165</v>
+        <v>192</v>
       </c>
       <c r="F196" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="G196" t="s">
+        <v>766</v>
+      </c>
+      <c r="H196" t="s">
+        <v>85</v>
+      </c>
+      <c r="I196" s="1" t="s">
         <v>767</v>
-      </c>
-[...4 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="B197" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="C197" t="s">
-        <v>501</v>
+        <v>459</v>
       </c>
       <c r="D197" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="E197" t="s">
-        <v>165</v>
+        <v>192</v>
       </c>
       <c r="F197" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="G197" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="H197" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B198" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="C198" t="s">
-        <v>506</v>
+        <v>459</v>
       </c>
       <c r="D198" t="s">
-        <v>534</v>
+        <v>82</v>
       </c>
       <c r="E198" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="F198" t="s">
+        <v>773</v>
+      </c>
+      <c r="G198" t="s">
         <v>774</v>
       </c>
-      <c r="G198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H198" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B199" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="C199" t="s">
-        <v>550</v>
+        <v>528</v>
       </c>
       <c r="D199" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E199" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F199" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="G199" t="s">
         <v>778</v>
       </c>
       <c r="H199" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B200" t="s">
+        <v>780</v>
+      </c>
+      <c r="C200" t="s">
+        <v>459</v>
+      </c>
+      <c r="D200" t="s">
+        <v>31</v>
+      </c>
+      <c r="E200" t="s">
+        <v>177</v>
+      </c>
+      <c r="F200" t="s">
+        <v>781</v>
+      </c>
+      <c r="G200" t="s">
+        <v>782</v>
+      </c>
+      <c r="H200" t="s">
+        <v>15</v>
+      </c>
+      <c r="I200" s="1" t="s">
         <v>783</v>
-      </c>
-[...19 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="B201" t="s">
+        <v>784</v>
+      </c>
+      <c r="C201" t="s">
+        <v>472</v>
+      </c>
+      <c r="D201" t="s">
+        <v>553</v>
+      </c>
+      <c r="E201" t="s">
+        <v>188</v>
+      </c>
+      <c r="F201" t="s">
+        <v>785</v>
+      </c>
+      <c r="G201" t="s">
         <v>786</v>
       </c>
-      <c r="C201" t="s">
-[...11 lines deleted...]
-      <c r="G201" t="s">
+      <c r="H201" t="s">
+        <v>85</v>
+      </c>
+      <c r="I201" s="1" t="s">
         <v>787</v>
-      </c>
-[...4 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="B202" t="s">
+        <v>788</v>
+      </c>
+      <c r="C202" t="s">
+        <v>515</v>
+      </c>
+      <c r="D202" t="s">
+        <v>553</v>
+      </c>
+      <c r="E202" t="s">
+        <v>188</v>
+      </c>
+      <c r="F202" t="s">
         <v>789</v>
       </c>
-      <c r="C202" t="s">
+      <c r="G202" t="s">
+        <v>786</v>
+      </c>
+      <c r="H202" t="s">
         <v>790</v>
       </c>
-      <c r="D202" t="s">
-[...8 lines deleted...]
-      <c r="G202" t="s">
+      <c r="I202" s="1" t="s">
         <v>791</v>
-      </c>
-[...4 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="B203" t="s">
+        <v>792</v>
+      </c>
+      <c r="C203" t="s">
+        <v>520</v>
+      </c>
+      <c r="D203" t="s">
+        <v>553</v>
+      </c>
+      <c r="E203" t="s">
+        <v>188</v>
+      </c>
+      <c r="F203" t="s">
         <v>793</v>
       </c>
-      <c r="C203" t="s">
+      <c r="G203" t="s">
         <v>794</v>
       </c>
-      <c r="D203" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H203" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B204" t="s">
         <v>796</v>
       </c>
       <c r="C204" t="s">
+        <v>525</v>
+      </c>
+      <c r="D204" t="s">
+        <v>553</v>
+      </c>
+      <c r="E204" t="s">
+        <v>192</v>
+      </c>
+      <c r="F204" t="s">
+        <v>793</v>
+      </c>
+      <c r="G204" t="s">
         <v>797</v>
       </c>
-      <c r="D204" t="s">
-[...5 lines deleted...]
-      <c r="F204" t="s">
+      <c r="H204" t="s">
+        <v>85</v>
+      </c>
+      <c r="I204" s="1" t="s">
         <v>798</v>
-      </c>
-[...7 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B205" t="s">
+        <v>799</v>
+      </c>
+      <c r="C205" t="s">
+        <v>569</v>
+      </c>
+      <c r="D205" t="s">
+        <v>553</v>
+      </c>
+      <c r="E205" t="s">
+        <v>188</v>
+      </c>
+      <c r="F205" t="s">
+        <v>800</v>
+      </c>
+      <c r="G205" t="s">
+        <v>797</v>
+      </c>
+      <c r="H205" t="s">
+        <v>85</v>
+      </c>
+      <c r="I205" s="1" t="s">
         <v>801</v>
-      </c>
-[...19 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
+        <v>194</v>
+      </c>
+      <c r="B206" t="s">
+        <v>802</v>
+      </c>
+      <c r="C206" t="s">
+        <v>591</v>
+      </c>
+      <c r="D206" t="s">
+        <v>553</v>
+      </c>
+      <c r="E206" t="s">
         <v>188</v>
       </c>
-      <c r="B206" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F206" t="s">
-        <v>739</v>
+        <v>322</v>
       </c>
       <c r="G206" t="s">
-        <v>809</v>
+        <v>803</v>
       </c>
       <c r="H206" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>741</v>
+        <v>804</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B207" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
       <c r="C207" t="s">
-        <v>811</v>
+        <v>459</v>
       </c>
       <c r="D207" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E207" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="F207" t="s">
-        <v>812</v>
+        <v>785</v>
       </c>
       <c r="G207" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
       <c r="H207" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="B208" t="s">
-        <v>815</v>
+        <v>808</v>
       </c>
       <c r="C208" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="D208" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E208" t="s">
-        <v>589</v>
+        <v>188</v>
       </c>
       <c r="F208" t="s">
-        <v>817</v>
+        <v>322</v>
       </c>
       <c r="G208" t="s">
-        <v>818</v>
+        <v>810</v>
       </c>
       <c r="H208" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>819</v>
+        <v>811</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B209" t="s">
-        <v>820</v>
+        <v>812</v>
       </c>
       <c r="C209" t="s">
-        <v>429</v>
+        <v>813</v>
       </c>
       <c r="D209" t="s">
-        <v>62</v>
+        <v>553</v>
       </c>
       <c r="E209" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="F209" t="s">
-        <v>821</v>
+        <v>604</v>
       </c>
       <c r="G209" t="s">
-        <v>822</v>
+        <v>810</v>
       </c>
       <c r="H209" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>823</v>
+        <v>814</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B210" t="s">
-        <v>824</v>
+        <v>815</v>
       </c>
       <c r="C210" t="s">
-        <v>825</v>
+        <v>816</v>
       </c>
       <c r="D210" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
       <c r="E210" t="s">
-        <v>154</v>
+        <v>608</v>
       </c>
       <c r="F210" t="s">
-        <v>826</v>
+        <v>817</v>
       </c>
       <c r="G210" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="H210" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="B211" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="C211" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="D211" t="s">
-        <v>11</v>
+        <v>598</v>
       </c>
       <c r="E211" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F211" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="G211" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="H211" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B212" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="C212" t="s">
-        <v>658</v>
+        <v>826</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>598</v>
       </c>
       <c r="E212" t="s">
-        <v>154</v>
+        <v>827</v>
       </c>
       <c r="F212" t="s">
-        <v>835</v>
+        <v>758</v>
       </c>
       <c r="G212" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="H212" t="s">
-        <v>59</v>
+        <v>125</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>837</v>
+        <v>760</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B213" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="C213" t="s">
-        <v>429</v>
+        <v>830</v>
       </c>
       <c r="D213" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
       <c r="E213" t="s">
-        <v>154</v>
+        <v>192</v>
       </c>
       <c r="F213" t="s">
-        <v>527</v>
+        <v>831</v>
       </c>
       <c r="G213" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="H213" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>840</v>
+        <v>833</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="B214" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="C214" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="D214" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E214" t="s">
-        <v>165</v>
+        <v>608</v>
       </c>
       <c r="F214" t="s">
-        <v>843</v>
+        <v>836</v>
       </c>
       <c r="G214" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="H214" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>845</v>
+        <v>838</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B215" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="C215" t="s">
-        <v>847</v>
+        <v>448</v>
       </c>
       <c r="D215" t="s">
-        <v>579</v>
+        <v>88</v>
       </c>
       <c r="E215" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F215" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="G215" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="H215" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B216" t="s">
-        <v>851</v>
+        <v>843</v>
       </c>
       <c r="C216" t="s">
-        <v>852</v>
+        <v>844</v>
       </c>
       <c r="D216" t="s">
-        <v>579</v>
+        <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F216" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="G216" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="H216" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>635</v>
+        <v>847</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="B217" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="C217" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="D217" t="s">
-        <v>579</v>
+        <v>11</v>
       </c>
       <c r="E217" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F217" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="G217" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="H217" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B218" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="C218" t="s">
-        <v>858</v>
+        <v>677</v>
       </c>
       <c r="D218" t="s">
-        <v>534</v>
+        <v>11</v>
       </c>
       <c r="E218" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="F218" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="G218" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="H218" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B219" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="C219" t="s">
-        <v>863</v>
+        <v>448</v>
       </c>
       <c r="D219" t="s">
-        <v>579</v>
+        <v>11</v>
       </c>
       <c r="E219" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="F219" t="s">
-        <v>864</v>
+        <v>546</v>
       </c>
       <c r="G219" t="s">
-        <v>865</v>
+        <v>858</v>
       </c>
       <c r="H219" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>866</v>
+        <v>859</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="B220" t="s">
-        <v>867</v>
+        <v>860</v>
       </c>
       <c r="C220" t="s">
-        <v>790</v>
+        <v>861</v>
       </c>
       <c r="D220" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E220" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F220" t="s">
-        <v>868</v>
+        <v>862</v>
       </c>
       <c r="G220" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="H220" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B221" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="C221" t="s">
-        <v>794</v>
+        <v>866</v>
       </c>
       <c r="D221" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E221" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F221" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="G221" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="H221" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="B222" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="C222" t="s">
-        <v>797</v>
+        <v>871</v>
       </c>
       <c r="D222" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E222" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F222" t="s">
-        <v>875</v>
+        <v>867</v>
       </c>
       <c r="G222" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="H222" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>876</v>
+        <v>654</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="B223" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="C223" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="D223" t="s">
-        <v>19</v>
+        <v>598</v>
       </c>
       <c r="E223" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="F223" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="G223" t="s">
-        <v>880</v>
+        <v>868</v>
       </c>
       <c r="H223" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>881</v>
+        <v>875</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B224" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="C224" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="D224" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E224" t="s">
-        <v>165</v>
+        <v>192</v>
       </c>
       <c r="F224" t="s">
-        <v>884</v>
+        <v>878</v>
       </c>
       <c r="G224" t="s">
-        <v>885</v>
+        <v>879</v>
       </c>
       <c r="H224" t="s">
-        <v>771</v>
+        <v>85</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>886</v>
+        <v>880</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B225" t="s">
-        <v>887</v>
+        <v>881</v>
       </c>
       <c r="C225" t="s">
-        <v>888</v>
+        <v>882</v>
       </c>
       <c r="D225" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E225" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="F225" t="s">
-        <v>889</v>
+        <v>883</v>
       </c>
       <c r="G225" t="s">
-        <v>890</v>
+        <v>884</v>
       </c>
       <c r="H225" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>891</v>
+        <v>885</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B226" t="s">
-        <v>892</v>
+        <v>886</v>
       </c>
       <c r="C226" t="s">
-        <v>825</v>
+        <v>809</v>
       </c>
       <c r="D226" t="s">
-        <v>19</v>
+        <v>598</v>
       </c>
       <c r="E226" t="s">
-        <v>535</v>
+        <v>188</v>
       </c>
       <c r="F226" t="s">
-        <v>893</v>
+        <v>887</v>
       </c>
       <c r="G226" t="s">
-        <v>894</v>
+        <v>884</v>
       </c>
       <c r="H226" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>895</v>
+        <v>888</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B227" t="s">
-        <v>896</v>
+        <v>889</v>
       </c>
       <c r="C227" t="s">
-        <v>897</v>
+        <v>813</v>
       </c>
       <c r="D227" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E227" t="s">
-        <v>535</v>
+        <v>188</v>
       </c>
       <c r="F227" t="s">
-        <v>615</v>
+        <v>890</v>
       </c>
       <c r="G227" t="s">
-        <v>898</v>
+        <v>891</v>
       </c>
       <c r="H227" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>899</v>
+        <v>892</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B228" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="C228" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="D228" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E228" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F228" t="s">
-        <v>901</v>
+        <v>894</v>
       </c>
       <c r="G228" t="s">
-        <v>902</v>
+        <v>891</v>
       </c>
       <c r="H228" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B229" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="C229" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="D229" t="s">
-        <v>579</v>
+        <v>27</v>
       </c>
       <c r="E229" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F229" t="s">
-        <v>905</v>
+        <v>898</v>
       </c>
       <c r="G229" t="s">
-        <v>906</v>
+        <v>899</v>
       </c>
       <c r="H229" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>907</v>
+        <v>900</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B230" t="s">
-        <v>908</v>
+        <v>901</v>
       </c>
       <c r="C230" t="s">
-        <v>707</v>
+        <v>902</v>
       </c>
       <c r="D230" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E230" t="s">
-        <v>535</v>
+        <v>188</v>
       </c>
       <c r="F230" t="s">
-        <v>909</v>
+        <v>903</v>
       </c>
       <c r="G230" t="s">
-        <v>910</v>
+        <v>904</v>
       </c>
       <c r="H230" t="s">
-        <v>59</v>
+        <v>790</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>911</v>
+        <v>905</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B231" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="C231" t="s">
-        <v>816</v>
+        <v>907</v>
       </c>
       <c r="D231" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E231" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F231" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="G231" t="s">
+        <v>909</v>
+      </c>
+      <c r="H231" t="s">
+        <v>85</v>
+      </c>
+      <c r="I231" s="1" t="s">
         <v>910</v>
-      </c>
-[...4 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="B232" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
       <c r="C232" t="s">
-        <v>858</v>
+        <v>844</v>
       </c>
       <c r="D232" t="s">
-        <v>579</v>
+        <v>27</v>
       </c>
       <c r="E232" t="s">
-        <v>187</v>
+        <v>554</v>
       </c>
       <c r="F232" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="G232" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="H232" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B233" t="s">
+        <v>915</v>
+      </c>
+      <c r="C233" t="s">
+        <v>916</v>
+      </c>
+      <c r="D233" t="s">
+        <v>553</v>
+      </c>
+      <c r="E233" t="s">
+        <v>554</v>
+      </c>
+      <c r="F233" t="s">
+        <v>634</v>
+      </c>
+      <c r="G233" t="s">
+        <v>917</v>
+      </c>
+      <c r="H233" t="s">
+        <v>85</v>
+      </c>
+      <c r="I233" s="1" t="s">
         <v>918</v>
-      </c>
-[...19 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B234" t="s">
+        <v>919</v>
+      </c>
+      <c r="C234" t="s">
+        <v>830</v>
+      </c>
+      <c r="D234" t="s">
+        <v>598</v>
+      </c>
+      <c r="E234" t="s">
+        <v>210</v>
+      </c>
+      <c r="F234" t="s">
+        <v>920</v>
+      </c>
+      <c r="G234" t="s">
         <v>921</v>
       </c>
-      <c r="C234" t="s">
-[...8 lines deleted...]
-      <c r="F234" t="s">
+      <c r="H234" t="s">
+        <v>85</v>
+      </c>
+      <c r="I234" s="1" t="s">
         <v>922</v>
-      </c>
-[...7 lines deleted...]
-        <v>924</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B235" t="s">
+        <v>923</v>
+      </c>
+      <c r="C235" t="s">
+        <v>907</v>
+      </c>
+      <c r="D235" t="s">
+        <v>598</v>
+      </c>
+      <c r="E235" t="s">
+        <v>210</v>
+      </c>
+      <c r="F235" t="s">
+        <v>924</v>
+      </c>
+      <c r="G235" t="s">
         <v>925</v>
       </c>
-      <c r="C235" t="s">
-[...8 lines deleted...]
-      <c r="F235" t="s">
+      <c r="H235" t="s">
+        <v>85</v>
+      </c>
+      <c r="I235" s="1" t="s">
         <v>926</v>
-      </c>
-[...7 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B236" t="s">
+        <v>927</v>
+      </c>
+      <c r="C236" t="s">
+        <v>726</v>
+      </c>
+      <c r="D236" t="s">
+        <v>553</v>
+      </c>
+      <c r="E236" t="s">
+        <v>554</v>
+      </c>
+      <c r="F236" t="s">
+        <v>928</v>
+      </c>
+      <c r="G236" t="s">
         <v>929</v>
       </c>
-      <c r="C236" t="s">
-[...5 lines deleted...]
-      <c r="E236" t="s">
+      <c r="H236" t="s">
+        <v>85</v>
+      </c>
+      <c r="I236" s="1" t="s">
         <v>930</v>
-      </c>
-[...10 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B237" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="C237" t="s">
-        <v>658</v>
+        <v>835</v>
       </c>
       <c r="D237" t="s">
-        <v>19</v>
+        <v>598</v>
       </c>
       <c r="E237" t="s">
-        <v>664</v>
+        <v>210</v>
       </c>
       <c r="F237" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="G237" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="H237" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B238" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="C238" t="s">
-        <v>825</v>
+        <v>877</v>
       </c>
       <c r="D238" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E238" t="s">
-        <v>664</v>
+        <v>210</v>
       </c>
       <c r="F238" t="s">
-        <v>939</v>
+        <v>935</v>
+      </c>
+      <c r="G238" t="s">
+        <v>925</v>
       </c>
       <c r="H238" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B239" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="C239" t="s">
-        <v>942</v>
+        <v>897</v>
       </c>
       <c r="D239" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
       <c r="E239" t="s">
-        <v>943</v>
+        <v>210</v>
       </c>
       <c r="F239" t="s">
-        <v>944</v>
+        <v>634</v>
       </c>
       <c r="G239" t="s">
-        <v>945</v>
+        <v>938</v>
       </c>
       <c r="H239" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B240" t="s">
-        <v>947</v>
+        <v>940</v>
       </c>
       <c r="C240" t="s">
-        <v>707</v>
+        <v>902</v>
       </c>
       <c r="D240" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E240" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F240" t="s">
-        <v>948</v>
+        <v>941</v>
       </c>
       <c r="G240" t="s">
-        <v>949</v>
+        <v>942</v>
       </c>
       <c r="H240" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>950</v>
+        <v>943</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="B241" t="s">
-        <v>951</v>
+        <v>944</v>
       </c>
       <c r="C241" t="s">
-        <v>878</v>
+        <v>916</v>
       </c>
       <c r="D241" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E241" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F241" t="s">
-        <v>952</v>
+        <v>945</v>
       </c>
       <c r="G241" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="H241" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="B242" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
       <c r="C242" t="s">
-        <v>830</v>
+        <v>849</v>
       </c>
       <c r="D242" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="E242" t="s">
-        <v>955</v>
+        <v>949</v>
       </c>
       <c r="F242" t="s">
-        <v>766</v>
+        <v>950</v>
+      </c>
+      <c r="G242" t="s">
+        <v>951</v>
       </c>
       <c r="H242" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B243" t="s">
-        <v>957</v>
+        <v>953</v>
       </c>
       <c r="C243" t="s">
-        <v>825</v>
+        <v>677</v>
       </c>
       <c r="D243" t="s">
-        <v>579</v>
+        <v>27</v>
       </c>
       <c r="E243" t="s">
-        <v>187</v>
+        <v>683</v>
       </c>
       <c r="F243" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="G243" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="H243" t="s">
-        <v>771</v>
+        <v>85</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>635</v>
+        <v>956</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B244" t="s">
-        <v>960</v>
+        <v>957</v>
       </c>
       <c r="C244" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="D244" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E244" t="s">
-        <v>187</v>
+        <v>683</v>
       </c>
       <c r="F244" t="s">
         <v>958</v>
       </c>
-      <c r="G244" t="s">
+      <c r="H244" t="s">
+        <v>85</v>
+      </c>
+      <c r="I244" s="1" t="s">
         <v>959</v>
-      </c>
-[...4 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B245" t="s">
+        <v>960</v>
+      </c>
+      <c r="C245" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
-        <v>154</v>
+        <v>962</v>
       </c>
       <c r="F245" t="s">
         <v>963</v>
       </c>
       <c r="G245" t="s">
         <v>964</v>
       </c>
       <c r="H245" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I245" s="1" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B246" t="s">
         <v>966</v>
       </c>
       <c r="C246" t="s">
-        <v>962</v>
+        <v>726</v>
       </c>
       <c r="D246" t="s">
-        <v>62</v>
+        <v>598</v>
       </c>
       <c r="E246" t="s">
-        <v>154</v>
+        <v>210</v>
       </c>
       <c r="F246" t="s">
-        <v>510</v>
+        <v>967</v>
       </c>
       <c r="G246" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="H246" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B247" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C247" t="s">
-        <v>970</v>
+        <v>897</v>
       </c>
       <c r="D247" t="s">
-        <v>11</v>
+        <v>598</v>
       </c>
       <c r="E247" t="s">
-        <v>165</v>
+        <v>210</v>
       </c>
       <c r="F247" t="s">
         <v>971</v>
       </c>
       <c r="G247" t="s">
+        <v>968</v>
+      </c>
+      <c r="H247" t="s">
+        <v>85</v>
+      </c>
+      <c r="I247" s="1" t="s">
         <v>972</v>
-      </c>
-[...4 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="B248" t="s">
+        <v>973</v>
+      </c>
+      <c r="C248" t="s">
+        <v>849</v>
+      </c>
+      <c r="D248" t="s">
+        <v>553</v>
+      </c>
+      <c r="E248" t="s">
         <v>974</v>
       </c>
-      <c r="C248" t="s">
-[...5 lines deleted...]
-      <c r="E248" t="s">
+      <c r="F248" t="s">
+        <v>785</v>
+      </c>
+      <c r="H248" t="s">
+        <v>85</v>
+      </c>
+      <c r="I248" s="1" t="s">
         <v>975</v>
-      </c>
-[...10 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="B249" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="C249" t="s">
-        <v>658</v>
+        <v>844</v>
       </c>
       <c r="D249" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E249" t="s">
-        <v>980</v>
+        <v>210</v>
       </c>
       <c r="F249" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="G249" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="H249" t="s">
-        <v>59</v>
+        <v>790</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>983</v>
+        <v>654</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="B250" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="C250" t="s">
-        <v>429</v>
+        <v>849</v>
       </c>
       <c r="D250" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E250" t="s">
-        <v>980</v>
+        <v>210</v>
       </c>
       <c r="F250" t="s">
-        <v>985</v>
+        <v>977</v>
       </c>
       <c r="G250" t="s">
-        <v>986</v>
+        <v>978</v>
       </c>
       <c r="H250" t="s">
-        <v>59</v>
+        <v>790</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>987</v>
+        <v>875</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="B251" t="s">
-        <v>988</v>
+        <v>980</v>
       </c>
       <c r="C251" t="s">
-        <v>429</v>
+        <v>981</v>
       </c>
       <c r="D251" t="s">
-        <v>274</v>
+        <v>11</v>
       </c>
       <c r="E251" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="F251" t="s">
-        <v>762</v>
+        <v>982</v>
       </c>
       <c r="G251" t="s">
-        <v>989</v>
+        <v>983</v>
       </c>
       <c r="H251" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>990</v>
+        <v>984</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B252" t="s">
-        <v>991</v>
+        <v>985</v>
       </c>
       <c r="C252" t="s">
-        <v>429</v>
+        <v>981</v>
       </c>
       <c r="D252" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E252" t="s">
-        <v>664</v>
+        <v>177</v>
       </c>
       <c r="F252" t="s">
-        <v>992</v>
+        <v>529</v>
       </c>
       <c r="G252" t="s">
-        <v>993</v>
+        <v>986</v>
       </c>
       <c r="H252" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B253" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="C253" t="s">
-        <v>878</v>
+        <v>989</v>
       </c>
       <c r="D253" t="s">
-        <v>534</v>
+        <v>11</v>
       </c>
       <c r="E253" t="s">
-        <v>664</v>
+        <v>188</v>
       </c>
       <c r="F253" t="s">
-        <v>996</v>
+        <v>990</v>
       </c>
       <c r="G253" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="H253" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B254" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="C254" t="s">
-        <v>999</v>
+        <v>677</v>
       </c>
       <c r="D254" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E254" t="s">
-        <v>187</v>
+        <v>994</v>
       </c>
       <c r="F254" t="s">
-        <v>884</v>
+        <v>995</v>
       </c>
       <c r="G254" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="H254" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B255" t="s">
+        <v>998</v>
+      </c>
+      <c r="C255" t="s">
+        <v>677</v>
+      </c>
+      <c r="D255" t="s">
+        <v>598</v>
+      </c>
+      <c r="E255" t="s">
+        <v>999</v>
+      </c>
+      <c r="F255" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G255" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H255" t="s">
+        <v>85</v>
+      </c>
+      <c r="I255" s="1" t="s">
         <v>1002</v>
-      </c>
-[...19 lines deleted...]
-        <v>1005</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B256" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C256" t="s">
+        <v>448</v>
+      </c>
+      <c r="D256" t="s">
+        <v>598</v>
+      </c>
+      <c r="E256" t="s">
+        <v>999</v>
+      </c>
+      <c r="F256" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G256" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H256" t="s">
+        <v>85</v>
+      </c>
+      <c r="I256" s="1" t="s">
         <v>1006</v>
-      </c>
-[...19 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B257" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="C257" t="s">
-        <v>1012</v>
+        <v>448</v>
       </c>
       <c r="D257" t="s">
-        <v>579</v>
+        <v>31</v>
       </c>
       <c r="E257" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="F257" t="s">
-        <v>1013</v>
+        <v>781</v>
       </c>
       <c r="G257" t="s">
-        <v>1014</v>
+        <v>1008</v>
       </c>
       <c r="H257" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1015</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B258" t="s">
-        <v>1016</v>
+        <v>1010</v>
       </c>
       <c r="C258" t="s">
-        <v>1017</v>
+        <v>448</v>
       </c>
       <c r="D258" t="s">
-        <v>579</v>
+        <v>27</v>
       </c>
       <c r="E258" t="s">
-        <v>187</v>
+        <v>683</v>
       </c>
       <c r="F258" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="G258" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="H258" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B259" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
       <c r="C259" t="s">
-        <v>1022</v>
+        <v>897</v>
       </c>
       <c r="D259" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E259" t="s">
-        <v>187</v>
+        <v>683</v>
       </c>
       <c r="F259" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="G259" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="H259" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B260" t="s">
-        <v>1025</v>
+        <v>1017</v>
       </c>
       <c r="C260" t="s">
-        <v>970</v>
+        <v>1018</v>
       </c>
       <c r="D260" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E260" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F260" t="s">
-        <v>766</v>
+        <v>903</v>
       </c>
       <c r="G260" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="H260" t="s">
-        <v>449</v>
+        <v>85</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B261" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
       <c r="C261" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="D261" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="E261" t="s">
-        <v>187</v>
+        <v>1022</v>
       </c>
       <c r="F261" t="s">
-        <v>766</v>
+        <v>912</v>
       </c>
       <c r="G261" t="s">
-        <v>1029</v>
+        <v>1023</v>
+      </c>
+      <c r="H261" t="s">
+        <v>15</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1030</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B262" t="s">
-        <v>1031</v>
+        <v>1025</v>
       </c>
       <c r="C262" t="s">
-        <v>1032</v>
+        <v>1026</v>
       </c>
       <c r="D262" t="s">
-        <v>579</v>
+        <v>88</v>
       </c>
       <c r="E262" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="F262" t="s">
-        <v>1033</v>
+        <v>1027</v>
       </c>
       <c r="G262" t="s">
-        <v>1034</v>
+        <v>1028</v>
       </c>
       <c r="H262" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>1035</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="B263" t="s">
-        <v>1036</v>
+        <v>1030</v>
       </c>
       <c r="C263" t="s">
-        <v>1037</v>
+        <v>1031</v>
       </c>
       <c r="D263" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E263" t="s">
-        <v>165</v>
+        <v>210</v>
       </c>
       <c r="F263" t="s">
-        <v>1038</v>
+        <v>1032</v>
       </c>
       <c r="G263" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="H263" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>1040</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B264" t="s">
-        <v>1041</v>
+        <v>1035</v>
       </c>
       <c r="C264" t="s">
-        <v>1042</v>
+        <v>1036</v>
       </c>
       <c r="D264" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E264" t="s">
-        <v>165</v>
+        <v>210</v>
       </c>
       <c r="F264" t="s">
-        <v>585</v>
+        <v>1037</v>
       </c>
       <c r="G264" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="H264" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B265" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
       <c r="C265" t="s">
-        <v>962</v>
+        <v>1041</v>
       </c>
       <c r="D265" t="s">
-        <v>19</v>
+        <v>598</v>
       </c>
       <c r="E265" t="s">
-        <v>12</v>
+        <v>210</v>
       </c>
       <c r="F265" t="s">
-        <v>893</v>
+        <v>1042</v>
       </c>
       <c r="G265" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="H265" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="B266" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
       <c r="C266" t="s">
-        <v>1049</v>
+        <v>989</v>
       </c>
       <c r="D266" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E266" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F266" t="s">
-        <v>1050</v>
+        <v>785</v>
       </c>
       <c r="G266" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="H266" t="s">
-        <v>59</v>
+        <v>468</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B267" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="C267" t="s">
-        <v>1053</v>
+        <v>981</v>
       </c>
       <c r="D267" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E267" t="s">
-        <v>589</v>
+        <v>210</v>
       </c>
       <c r="F267" t="s">
-        <v>1054</v>
+        <v>785</v>
       </c>
       <c r="G267" t="s">
-        <v>1055</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>1048</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B268" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
       <c r="C268" t="s">
-        <v>1058</v>
+        <v>1051</v>
       </c>
       <c r="D268" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E268" t="s">
-        <v>589</v>
+        <v>210</v>
       </c>
       <c r="F268" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="G268" t="s">
-        <v>945</v>
+        <v>1053</v>
       </c>
       <c r="H268" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1060</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="B269" t="s">
-        <v>1061</v>
+        <v>1055</v>
       </c>
       <c r="C269" t="s">
-        <v>970</v>
+        <v>1056</v>
       </c>
       <c r="D269" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E269" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F269" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="G269" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="H269" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="B270" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="C270" t="s">
-        <v>942</v>
+        <v>1061</v>
       </c>
       <c r="D270" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E270" t="s">
-        <v>808</v>
+        <v>188</v>
       </c>
       <c r="F270" t="s">
-        <v>1066</v>
+        <v>604</v>
       </c>
       <c r="G270" t="s">
-        <v>1067</v>
+        <v>1062</v>
       </c>
       <c r="H270" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1068</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="B271" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="C271" t="s">
-        <v>1070</v>
+        <v>981</v>
       </c>
       <c r="D271" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="E271" t="s">
-        <v>808</v>
+        <v>12</v>
       </c>
       <c r="F271" t="s">
-        <v>1071</v>
+        <v>912</v>
       </c>
       <c r="G271" t="s">
-        <v>1072</v>
+        <v>1065</v>
       </c>
       <c r="H271" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1073</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B272" t="s">
-        <v>1074</v>
+        <v>1067</v>
       </c>
       <c r="C272" t="s">
-        <v>1007</v>
+        <v>1068</v>
       </c>
       <c r="D272" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E272" t="s">
-        <v>589</v>
+        <v>210</v>
       </c>
       <c r="F272" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="G272" t="s">
-        <v>1029</v>
+        <v>1070</v>
       </c>
       <c r="H272" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1076</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="B273" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="C273" t="s">
-        <v>1078</v>
+        <v>1072</v>
       </c>
       <c r="D273" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E273" t="s">
-        <v>589</v>
+        <v>608</v>
       </c>
       <c r="F273" t="s">
-        <v>1054</v>
+        <v>1073</v>
       </c>
       <c r="G273" t="s">
-        <v>1079</v>
+        <v>1074</v>
       </c>
       <c r="H273" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1080</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="B274" t="s">
-        <v>1081</v>
+        <v>1076</v>
       </c>
       <c r="C274" t="s">
-        <v>1082</v>
+        <v>1077</v>
       </c>
       <c r="D274" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E274" t="s">
-        <v>589</v>
+        <v>608</v>
       </c>
       <c r="F274" t="s">
-        <v>1054</v>
+        <v>1078</v>
       </c>
       <c r="G274" t="s">
+        <v>964</v>
+      </c>
+      <c r="H274" t="s">
+        <v>85</v>
+      </c>
+      <c r="I274" s="1" t="s">
         <v>1079</v>
-      </c>
-[...4 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="B275" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
       <c r="C275" t="s">
-        <v>1085</v>
+        <v>989</v>
       </c>
       <c r="D275" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E275" t="s">
-        <v>589</v>
+        <v>210</v>
       </c>
       <c r="F275" t="s">
-        <v>1054</v>
+        <v>1081</v>
       </c>
       <c r="G275" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="H275" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1087</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B276" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="C276" t="s">
-        <v>1032</v>
+        <v>961</v>
       </c>
       <c r="D276" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E276" t="s">
-        <v>589</v>
+        <v>827</v>
       </c>
       <c r="F276" t="s">
-        <v>798</v>
+        <v>1085</v>
       </c>
       <c r="G276" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="H276" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1090</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B277" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D277" t="s">
+        <v>553</v>
+      </c>
+      <c r="E277" t="s">
+        <v>827</v>
+      </c>
+      <c r="F277" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G277" t="s">
         <v>1091</v>
       </c>
-      <c r="C277" t="s">
-[...8 lines deleted...]
-      <c r="F277" t="s">
+      <c r="H277" t="s">
+        <v>85</v>
+      </c>
+      <c r="I277" s="1" t="s">
         <v>1092</v>
-      </c>
-[...7 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B278" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D278" t="s">
+        <v>553</v>
+      </c>
+      <c r="E278" t="s">
+        <v>608</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G278" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H278" t="s">
+        <v>85</v>
+      </c>
+      <c r="I278" s="1" t="s">
         <v>1095</v>
-      </c>
-[...19 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B279" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D279" t="s">
+        <v>553</v>
+      </c>
+      <c r="E279" t="s">
+        <v>608</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G279" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H279" t="s">
+        <v>85</v>
+      </c>
+      <c r="I279" s="1" t="s">
         <v>1099</v>
-      </c>
-[...19 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B280" t="s">
-        <v>1103</v>
+        <v>1100</v>
       </c>
       <c r="C280" t="s">
-        <v>1042</v>
+        <v>1101</v>
       </c>
       <c r="D280" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E280" t="s">
-        <v>187</v>
+        <v>608</v>
       </c>
       <c r="F280" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="G280" t="s">
-        <v>1104</v>
+        <v>1098</v>
       </c>
       <c r="H280" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B281" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D281" t="s">
+        <v>553</v>
+      </c>
+      <c r="E281" t="s">
+        <v>608</v>
+      </c>
+      <c r="F281" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G281" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H281" t="s">
+        <v>85</v>
+      </c>
+      <c r="I281" s="1" t="s">
         <v>1106</v>
-      </c>
-[...19 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B282" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D282" t="s">
+        <v>553</v>
+      </c>
+      <c r="E282" t="s">
+        <v>608</v>
+      </c>
+      <c r="F282" t="s">
+        <v>817</v>
+      </c>
+      <c r="G282" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H282" t="s">
+        <v>85</v>
+      </c>
+      <c r="I282" s="1" t="s">
         <v>1109</v>
-      </c>
-[...19 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="B283" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D283" t="s">
+        <v>27</v>
+      </c>
+      <c r="E283" t="s">
+        <v>358</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1111</v>
+      </c>
+      <c r="G283" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H283" t="s">
+        <v>85</v>
+      </c>
+      <c r="I283" s="1" t="s">
         <v>1113</v>
-      </c>
-[...19 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B284" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D284" t="s">
+        <v>598</v>
+      </c>
+      <c r="E284" t="s">
+        <v>210</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H284" t="s">
+        <v>85</v>
+      </c>
+      <c r="I284" s="1" t="s">
         <v>1117</v>
-      </c>
-[...19 lines deleted...]
-        <v>1121</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B285" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="C285" t="s">
-        <v>1123</v>
+        <v>1018</v>
       </c>
       <c r="D285" t="s">
-        <v>19</v>
+        <v>598</v>
       </c>
       <c r="E285" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F285" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="G285" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="H285" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B286" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="C286" t="s">
-        <v>1128</v>
+        <v>1061</v>
       </c>
       <c r="D286" t="s">
-        <v>19</v>
+        <v>598</v>
       </c>
       <c r="E286" t="s">
-        <v>1129</v>
+        <v>210</v>
       </c>
       <c r="F286" t="s">
-        <v>1130</v>
+        <v>1085</v>
       </c>
       <c r="G286" t="s">
-        <v>1131</v>
+        <v>1123</v>
       </c>
       <c r="H286" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B287" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
       <c r="C287" t="s">
-        <v>1134</v>
+        <v>1089</v>
       </c>
       <c r="D287" t="s">
-        <v>19</v>
+        <v>598</v>
       </c>
       <c r="E287" t="s">
-        <v>589</v>
+        <v>210</v>
       </c>
       <c r="F287" t="s">
-        <v>1135</v>
+        <v>1126</v>
       </c>
       <c r="G287" t="s">
-        <v>1136</v>
+        <v>1053</v>
       </c>
       <c r="H287" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1137</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B288" t="s">
-        <v>1138</v>
+        <v>1128</v>
       </c>
       <c r="C288" t="s">
-        <v>1139</v>
+        <v>1026</v>
       </c>
       <c r="D288" t="s">
-        <v>579</v>
+        <v>11</v>
       </c>
       <c r="E288" t="s">
-        <v>187</v>
+        <v>358</v>
       </c>
       <c r="F288" t="s">
-        <v>1140</v>
+        <v>1129</v>
       </c>
       <c r="G288" t="s">
-        <v>1141</v>
+        <v>1130</v>
       </c>
       <c r="H288" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1142</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B289" t="s">
-        <v>1143</v>
+        <v>1132</v>
       </c>
       <c r="C289" t="s">
-        <v>1144</v>
+        <v>1072</v>
       </c>
       <c r="D289" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E289" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F289" t="s">
-        <v>1145</v>
+        <v>1133</v>
       </c>
       <c r="G289" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="H289" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1146</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B290" t="s">
-        <v>1147</v>
+        <v>1136</v>
       </c>
       <c r="C290" t="s">
-        <v>1148</v>
+        <v>1077</v>
       </c>
       <c r="D290" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E290" t="s">
-        <v>1118</v>
+        <v>1137</v>
       </c>
       <c r="F290" t="s">
-        <v>1149</v>
+        <v>1138</v>
       </c>
       <c r="G290" t="s">
-        <v>1063</v>
+        <v>1139</v>
       </c>
       <c r="H290" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1150</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B291" t="s">
-        <v>1151</v>
+        <v>1141</v>
       </c>
       <c r="C291" t="s">
-        <v>444</v>
+        <v>1142</v>
       </c>
       <c r="D291" t="s">
-        <v>534</v>
+        <v>27</v>
       </c>
       <c r="E291" t="s">
-        <v>589</v>
+        <v>210</v>
       </c>
       <c r="F291" t="s">
-        <v>944</v>
+        <v>1143</v>
       </c>
       <c r="G291" t="s">
-        <v>1152</v>
+        <v>1144</v>
       </c>
       <c r="H291" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1153</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="B292" t="s">
-        <v>1154</v>
+        <v>1146</v>
       </c>
       <c r="C292" t="s">
-        <v>1123</v>
+        <v>1147</v>
       </c>
       <c r="D292" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="E292" t="s">
-        <v>154</v>
+        <v>1148</v>
       </c>
       <c r="F292" t="s">
-        <v>1155</v>
+        <v>1149</v>
       </c>
       <c r="G292" t="s">
-        <v>1156</v>
+        <v>1150</v>
       </c>
       <c r="H292" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1157</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B293" t="s">
-        <v>1158</v>
+        <v>1152</v>
       </c>
       <c r="C293" t="s">
-        <v>1159</v>
+        <v>1153</v>
       </c>
       <c r="D293" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="E293" t="s">
-        <v>943</v>
+        <v>608</v>
       </c>
       <c r="F293" t="s">
-        <v>1160</v>
+        <v>1154</v>
       </c>
       <c r="G293" t="s">
-        <v>1161</v>
+        <v>1155</v>
       </c>
       <c r="H293" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>1162</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B294" t="s">
-        <v>1163</v>
+        <v>1157</v>
       </c>
       <c r="C294" t="s">
-        <v>444</v>
+        <v>1158</v>
       </c>
       <c r="D294" t="s">
-        <v>62</v>
+        <v>598</v>
       </c>
       <c r="E294" t="s">
-        <v>943</v>
+        <v>210</v>
       </c>
       <c r="F294" t="s">
-        <v>1164</v>
+        <v>1159</v>
       </c>
       <c r="G294" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H294" t="s">
+        <v>85</v>
+      </c>
+      <c r="I294" s="1" t="s">
         <v>1161</v>
-      </c>
-[...4 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="B295" t="s">
-        <v>1166</v>
+        <v>1162</v>
       </c>
       <c r="C295" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="D295" t="s">
-        <v>11</v>
+        <v>598</v>
       </c>
       <c r="E295" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F295" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="G295" t="s">
-        <v>1169</v>
+        <v>1160</v>
       </c>
       <c r="H295" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B296" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="C296" t="s">
-        <v>1128</v>
+        <v>1167</v>
       </c>
       <c r="D296" t="s">
-        <v>11</v>
+        <v>598</v>
       </c>
       <c r="E296" t="s">
-        <v>1172</v>
+        <v>1137</v>
       </c>
       <c r="F296" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="G296" t="s">
-        <v>1174</v>
+        <v>1082</v>
       </c>
       <c r="H296" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1175</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B297" t="s">
-        <v>1176</v>
+        <v>1170</v>
       </c>
       <c r="C297" t="s">
-        <v>1134</v>
+        <v>463</v>
       </c>
       <c r="D297" t="s">
-        <v>11</v>
+        <v>553</v>
       </c>
       <c r="E297" t="s">
-        <v>339</v>
+        <v>608</v>
       </c>
       <c r="F297" t="s">
-        <v>1177</v>
+        <v>963</v>
       </c>
       <c r="G297" t="s">
-        <v>1178</v>
+        <v>1171</v>
       </c>
       <c r="H297" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1179</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B298" t="s">
-        <v>1180</v>
+        <v>1173</v>
       </c>
       <c r="C298" t="s">
-        <v>962</v>
+        <v>1142</v>
       </c>
       <c r="D298" t="s">
-        <v>579</v>
+        <v>88</v>
       </c>
       <c r="E298" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="F298" t="s">
-        <v>1181</v>
+        <v>1174</v>
       </c>
       <c r="G298" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="H298" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1183</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B299" t="s">
-        <v>1184</v>
+        <v>1177</v>
       </c>
       <c r="C299" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="D299" t="s">
-        <v>579</v>
+        <v>88</v>
       </c>
       <c r="E299" t="s">
-        <v>187</v>
+        <v>962</v>
       </c>
       <c r="F299" t="s">
-        <v>1186</v>
+        <v>1179</v>
       </c>
       <c r="G299" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="H299" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B300" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="C300" t="s">
-        <v>1167</v>
+        <v>463</v>
       </c>
       <c r="D300" t="s">
-        <v>579</v>
+        <v>88</v>
       </c>
       <c r="E300" t="s">
-        <v>187</v>
+        <v>962</v>
       </c>
       <c r="F300" t="s">
-        <v>1190</v>
+        <v>1183</v>
       </c>
       <c r="G300" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="H300" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B301" t="s">
-        <v>1192</v>
+        <v>1185</v>
       </c>
       <c r="C301" t="s">
-        <v>1128</v>
+        <v>1186</v>
       </c>
       <c r="D301" t="s">
-        <v>579</v>
+        <v>11</v>
       </c>
       <c r="E301" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F301" t="s">
-        <v>1033</v>
+        <v>1187</v>
       </c>
       <c r="G301" t="s">
-        <v>1193</v>
+        <v>1188</v>
       </c>
       <c r="H301" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B302" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="C302" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="D302" t="s">
-        <v>579</v>
+        <v>11</v>
       </c>
       <c r="E302" t="s">
-        <v>187</v>
+        <v>1191</v>
       </c>
       <c r="F302" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="G302" t="s">
         <v>1193</v>
       </c>
       <c r="H302" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="B303" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D303" t="s">
+        <v>11</v>
+      </c>
+      <c r="E303" t="s">
+        <v>358</v>
+      </c>
+      <c r="F303" t="s">
+        <v>1196</v>
+      </c>
+      <c r="G303" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H303" t="s">
+        <v>85</v>
+      </c>
+      <c r="I303" s="1" t="s">
         <v>1198</v>
-      </c>
-[...19 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B304" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C304" t="s">
+        <v>981</v>
+      </c>
+      <c r="D304" t="s">
+        <v>598</v>
+      </c>
+      <c r="E304" t="s">
+        <v>210</v>
+      </c>
+      <c r="F304" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G304" t="s">
         <v>1201</v>
       </c>
-      <c r="C304" t="s">
-[...8 lines deleted...]
-      <c r="F304" t="s">
+      <c r="H304" t="s">
+        <v>85</v>
+      </c>
+      <c r="I304" s="1" t="s">
         <v>1202</v>
-      </c>
-[...7 lines deleted...]
-        <v>1203</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B305" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C305" t="s">
         <v>1204</v>
       </c>
-      <c r="C305" t="s">
+      <c r="D305" t="s">
+        <v>598</v>
+      </c>
+      <c r="E305" t="s">
+        <v>210</v>
+      </c>
+      <c r="F305" t="s">
         <v>1205</v>
       </c>
-      <c r="D305" t="s">
-[...5 lines deleted...]
-      <c r="F305" t="s">
+      <c r="G305" t="s">
         <v>1206</v>
       </c>
-      <c r="G305" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H305" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I305" s="1" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B306" t="s">
         <v>1208</v>
       </c>
       <c r="C306" t="s">
-        <v>1128</v>
+        <v>1186</v>
       </c>
       <c r="D306" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E306" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="F306" t="s">
-        <v>718</v>
+        <v>1209</v>
       </c>
       <c r="G306" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="H306" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I306" s="1" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B307" t="s">
         <v>1211</v>
       </c>
       <c r="C307" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="D307" t="s">
-        <v>274</v>
+        <v>598</v>
       </c>
       <c r="E307" t="s">
-        <v>339</v>
+        <v>210</v>
       </c>
       <c r="F307" t="s">
-        <v>762</v>
+        <v>1052</v>
       </c>
       <c r="G307" t="s">
         <v>1212</v>
       </c>
       <c r="H307" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I307" s="1" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B308" t="s">
         <v>1214</v>
       </c>
       <c r="C308" t="s">
-        <v>1134</v>
+        <v>1153</v>
       </c>
       <c r="D308" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E308" t="s">
-        <v>975</v>
+        <v>210</v>
       </c>
       <c r="F308" t="s">
-        <v>1054</v>
+        <v>1215</v>
       </c>
       <c r="G308" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="H308" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I308" s="1" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B309" t="s">
         <v>1217</v>
       </c>
       <c r="C309" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D309" t="s">
+        <v>553</v>
+      </c>
+      <c r="E309" t="s">
+        <v>12</v>
+      </c>
+      <c r="F309" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G309" t="s">
         <v>1218</v>
       </c>
-      <c r="D309" t="s">
-[...2 lines deleted...]
-      <c r="E309" t="s">
+      <c r="H309" t="s">
+        <v>85</v>
+      </c>
+      <c r="I309" s="1" t="s">
         <v>1219</v>
-      </c>
-[...10 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B310" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="C310" t="s">
-        <v>1224</v>
+        <v>1186</v>
       </c>
       <c r="D310" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E310" t="s">
-        <v>1225</v>
+        <v>693</v>
       </c>
       <c r="F310" t="s">
-        <v>1226</v>
+        <v>1221</v>
       </c>
       <c r="G310" t="s">
-        <v>1227</v>
+        <v>1188</v>
       </c>
       <c r="H310" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="B311" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="C311" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="D311" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E311" t="s">
-        <v>1231</v>
+        <v>608</v>
       </c>
       <c r="F311" t="s">
-        <v>1232</v>
+        <v>1225</v>
       </c>
       <c r="G311" t="s">
-        <v>1233</v>
+        <v>1175</v>
       </c>
       <c r="H311" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1234</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="B312" t="s">
-        <v>1235</v>
+        <v>1227</v>
       </c>
       <c r="C312" t="s">
-        <v>1236</v>
+        <v>1147</v>
       </c>
       <c r="D312" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E312" t="s">
-        <v>165</v>
+        <v>210</v>
       </c>
       <c r="F312" t="s">
-        <v>1237</v>
+        <v>737</v>
       </c>
       <c r="G312" t="s">
-        <v>1238</v>
+        <v>1228</v>
       </c>
       <c r="H312" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1239</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B313" t="s">
-        <v>1240</v>
+        <v>1230</v>
       </c>
       <c r="C313" t="s">
-        <v>1241</v>
+        <v>1153</v>
       </c>
       <c r="D313" t="s">
-        <v>534</v>
+        <v>31</v>
       </c>
       <c r="E313" t="s">
-        <v>169</v>
+        <v>358</v>
       </c>
       <c r="F313" t="s">
-        <v>1242</v>
+        <v>781</v>
       </c>
       <c r="G313" t="s">
-        <v>1243</v>
+        <v>1231</v>
       </c>
       <c r="H313" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1244</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="B314" t="s">
-        <v>1245</v>
+        <v>1233</v>
       </c>
       <c r="C314" t="s">
-        <v>1246</v>
+        <v>1153</v>
       </c>
       <c r="D314" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E314" t="s">
-        <v>169</v>
+        <v>994</v>
       </c>
       <c r="F314" t="s">
-        <v>1247</v>
+        <v>1073</v>
       </c>
       <c r="G314" t="s">
-        <v>1243</v>
+        <v>1234</v>
       </c>
       <c r="H314" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1248</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="B315" t="s">
-        <v>1249</v>
+        <v>1236</v>
       </c>
       <c r="C315" t="s">
-        <v>1250</v>
+        <v>1237</v>
       </c>
       <c r="D315" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E315" t="s">
-        <v>1251</v>
+        <v>1238</v>
       </c>
       <c r="F315" t="s">
-        <v>1252</v>
+        <v>1239</v>
       </c>
       <c r="G315" t="s">
-        <v>1253</v>
+        <v>1240</v>
       </c>
       <c r="H315" t="s">
         <v>15</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>856</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B316" t="s">
-        <v>1254</v>
+        <v>1242</v>
       </c>
       <c r="C316" t="s">
-        <v>1255</v>
+        <v>1243</v>
       </c>
       <c r="D316" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E316" t="s">
-        <v>165</v>
+        <v>1244</v>
       </c>
       <c r="F316" t="s">
-        <v>1256</v>
+        <v>1245</v>
       </c>
       <c r="G316" t="s">
-        <v>1257</v>
+        <v>1246</v>
       </c>
       <c r="H316" t="s">
         <v>15</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1258</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B317" t="s">
-        <v>1259</v>
+        <v>1248</v>
       </c>
       <c r="C317" t="s">
-        <v>1260</v>
+        <v>1249</v>
       </c>
       <c r="D317" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E317" t="s">
-        <v>165</v>
+        <v>1250</v>
       </c>
       <c r="F317" t="s">
-        <v>1261</v>
+        <v>1251</v>
       </c>
       <c r="G317" t="s">
-        <v>1262</v>
+        <v>1252</v>
       </c>
       <c r="H317" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1263</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B318" t="s">
-        <v>1264</v>
+        <v>1254</v>
       </c>
       <c r="C318" t="s">
-        <v>1265</v>
+        <v>1255</v>
       </c>
       <c r="D318" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E318" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="F318" t="s">
-        <v>1242</v>
+        <v>1256</v>
       </c>
       <c r="G318" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="H318" t="s">
         <v>15</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="B319" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
       <c r="C319" t="s">
-        <v>1269</v>
+        <v>1260</v>
       </c>
       <c r="D319" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E319" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="F319" t="s">
-        <v>1270</v>
+        <v>1261</v>
       </c>
       <c r="G319" t="s">
-        <v>1271</v>
+        <v>1262</v>
       </c>
       <c r="H319" t="s">
         <v>15</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B320" t="s">
-        <v>1273</v>
+        <v>1264</v>
       </c>
       <c r="C320" t="s">
-        <v>1274</v>
+        <v>1265</v>
       </c>
       <c r="D320" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E320" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="F320" t="s">
-        <v>1275</v>
+        <v>1266</v>
       </c>
       <c r="G320" t="s">
-        <v>1276</v>
+        <v>1262</v>
+      </c>
+      <c r="H320" t="s">
+        <v>15</v>
       </c>
       <c r="I320" s="1" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B321" t="s">
-        <v>1277</v>
+        <v>1268</v>
       </c>
       <c r="C321" t="s">
-        <v>1278</v>
+        <v>1269</v>
       </c>
       <c r="D321" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E321" t="s">
-        <v>1279</v>
+        <v>1270</v>
       </c>
       <c r="F321" t="s">
-        <v>1280</v>
+        <v>1271</v>
       </c>
       <c r="G321" t="s">
-        <v>1281</v>
+        <v>1272</v>
       </c>
       <c r="H321" t="s">
         <v>15</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1282</v>
+        <v>875</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B322" t="s">
-        <v>1283</v>
+        <v>1273</v>
       </c>
       <c r="C322" t="s">
-        <v>1284</v>
+        <v>1274</v>
       </c>
       <c r="D322" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E322" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="F322" t="s">
-        <v>1285</v>
+        <v>1275</v>
       </c>
       <c r="G322" t="s">
-        <v>1286</v>
+        <v>1276</v>
       </c>
       <c r="H322" t="s">
         <v>15</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1287</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B323" t="s">
-        <v>1288</v>
+        <v>1278</v>
       </c>
       <c r="C323" t="s">
-        <v>1224</v>
+        <v>1279</v>
       </c>
       <c r="D323" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E323" t="s">
-        <v>339</v>
+        <v>188</v>
       </c>
       <c r="F323" t="s">
-        <v>1289</v>
+        <v>1280</v>
       </c>
       <c r="G323" t="s">
-        <v>1290</v>
+        <v>1281</v>
       </c>
       <c r="H323" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1291</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B324" t="s">
-        <v>1292</v>
+        <v>1283</v>
       </c>
       <c r="C324" t="s">
-        <v>1293</v>
+        <v>1284</v>
       </c>
       <c r="D324" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E324" t="s">
-        <v>1294</v>
+        <v>192</v>
       </c>
       <c r="F324" t="s">
-        <v>1295</v>
+        <v>1261</v>
       </c>
       <c r="G324" t="s">
-        <v>1296</v>
+        <v>1285</v>
       </c>
       <c r="H324" t="s">
         <v>15</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1228</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B325" t="s">
-        <v>1297</v>
+        <v>1287</v>
       </c>
       <c r="C325" t="s">
-        <v>1255</v>
+        <v>1288</v>
       </c>
       <c r="D325" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E325" t="s">
-        <v>1298</v>
+        <v>192</v>
       </c>
       <c r="F325" t="s">
-        <v>1299</v>
+        <v>1289</v>
       </c>
       <c r="G325" t="s">
-        <v>1300</v>
+        <v>1290</v>
       </c>
       <c r="H325" t="s">
         <v>15</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>1228</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B326" t="s">
-        <v>1301</v>
+        <v>1292</v>
       </c>
       <c r="C326" t="s">
-        <v>1302</v>
+        <v>1293</v>
       </c>
       <c r="D326" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E326" t="s">
-        <v>1303</v>
+        <v>192</v>
       </c>
       <c r="F326" t="s">
-        <v>1304</v>
+        <v>1294</v>
       </c>
       <c r="G326" t="s">
-        <v>1305</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>1295</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1228</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B327" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="C327" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="D327" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E327" t="s">
-        <v>165</v>
+        <v>1298</v>
       </c>
       <c r="F327" t="s">
-        <v>1308</v>
+        <v>1299</v>
       </c>
       <c r="G327" t="s">
         <v>1300</v>
       </c>
       <c r="H327" t="s">
         <v>15</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1228</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B328" t="s">
-        <v>1309</v>
+        <v>1302</v>
       </c>
       <c r="C328" t="s">
-        <v>1310</v>
+        <v>1303</v>
       </c>
       <c r="D328" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E328" t="s">
-        <v>930</v>
+        <v>192</v>
       </c>
       <c r="F328" t="s">
-        <v>1311</v>
+        <v>1304</v>
       </c>
       <c r="G328" t="s">
-        <v>1271</v>
+        <v>1305</v>
       </c>
       <c r="H328" t="s">
         <v>15</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>1312</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B329" t="s">
-        <v>1313</v>
+        <v>1307</v>
       </c>
       <c r="C329" t="s">
-        <v>1314</v>
+        <v>1243</v>
       </c>
       <c r="D329" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E329" t="s">
-        <v>930</v>
+        <v>358</v>
       </c>
       <c r="F329" t="s">
-        <v>1315</v>
+        <v>1308</v>
       </c>
       <c r="G329" t="s">
-        <v>1271</v>
+        <v>1309</v>
       </c>
       <c r="H329" t="s">
         <v>15</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1316</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B330" t="s">
-        <v>1317</v>
+        <v>1311</v>
       </c>
       <c r="C330" t="s">
-        <v>1318</v>
+        <v>1312</v>
       </c>
       <c r="D330" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E330" t="s">
-        <v>1319</v>
+        <v>1313</v>
       </c>
       <c r="F330" t="s">
-        <v>1320</v>
+        <v>1314</v>
       </c>
       <c r="G330" t="s">
-        <v>1321</v>
+        <v>1315</v>
       </c>
       <c r="H330" t="s">
         <v>15</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="B331" t="s">
-        <v>1322</v>
+        <v>1316</v>
       </c>
       <c r="C331" t="s">
-        <v>1323</v>
+        <v>1274</v>
       </c>
       <c r="D331" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E331" t="s">
-        <v>930</v>
+        <v>1317</v>
       </c>
       <c r="F331" t="s">
-        <v>1324</v>
+        <v>1318</v>
       </c>
       <c r="G331" t="s">
-        <v>1325</v>
+        <v>1319</v>
       </c>
       <c r="H331" t="s">
         <v>15</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B332" t="s">
-        <v>1326</v>
+        <v>1320</v>
       </c>
       <c r="C332" t="s">
-        <v>1327</v>
+        <v>1321</v>
       </c>
       <c r="D332" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E332" t="s">
-        <v>589</v>
+        <v>1322</v>
       </c>
       <c r="F332" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="G332" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="H332" t="s">
         <v>15</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="B333" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="C333" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="D333" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E333" t="s">
-        <v>12</v>
+        <v>188</v>
       </c>
       <c r="F333" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="G333" t="s">
-        <v>1329</v>
+        <v>1319</v>
       </c>
       <c r="H333" t="s">
         <v>15</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B334" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="C334" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="D334" t="s">
-        <v>274</v>
+        <v>553</v>
       </c>
       <c r="E334" t="s">
-        <v>339</v>
+        <v>949</v>
       </c>
       <c r="F334" t="s">
-        <v>762</v>
+        <v>1330</v>
       </c>
       <c r="G334" t="s">
-        <v>1335</v>
+        <v>1290</v>
       </c>
       <c r="H334" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="B335" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="C335" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="D335" t="s">
-        <v>38</v>
+        <v>553</v>
       </c>
       <c r="E335" t="s">
-        <v>1339</v>
+        <v>949</v>
       </c>
       <c r="F335" t="s">
-        <v>1340</v>
+        <v>1334</v>
       </c>
       <c r="G335" t="s">
-        <v>1341</v>
+        <v>1290</v>
       </c>
       <c r="H335" t="s">
         <v>15</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1342</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B336" t="s">
-        <v>1343</v>
+        <v>1336</v>
       </c>
       <c r="C336" t="s">
-        <v>1344</v>
+        <v>1337</v>
       </c>
       <c r="D336" t="s">
-        <v>38</v>
+        <v>598</v>
       </c>
       <c r="E336" t="s">
-        <v>1345</v>
+        <v>1338</v>
       </c>
       <c r="F336" t="s">
-        <v>231</v>
+        <v>1339</v>
       </c>
       <c r="G336" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="H336" t="s">
         <v>15</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1342</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B337" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="C337" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="D337" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E337" t="s">
-        <v>165</v>
+        <v>949</v>
       </c>
       <c r="F337" t="s">
-        <v>1308</v>
+        <v>1343</v>
       </c>
       <c r="G337" t="s">
-        <v>1348</v>
+        <v>1344</v>
       </c>
       <c r="H337" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1349</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B338" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="C338" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="D338" t="s">
-        <v>579</v>
+        <v>553</v>
       </c>
       <c r="E338" t="s">
-        <v>808</v>
+        <v>608</v>
       </c>
       <c r="F338" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="G338" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="H338" t="s">
         <v>15</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1354</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B339" t="s">
-        <v>1355</v>
+        <v>1349</v>
       </c>
       <c r="C339" t="s">
-        <v>1356</v>
+        <v>1350</v>
       </c>
       <c r="D339" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E339" t="s">
-        <v>165</v>
+        <v>12</v>
       </c>
       <c r="F339" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="G339" t="s">
-        <v>1358</v>
+        <v>1348</v>
+      </c>
+      <c r="H339" t="s">
+        <v>15</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B340" t="s">
-        <v>1359</v>
+        <v>1352</v>
       </c>
       <c r="C340" t="s">
-        <v>1360</v>
+        <v>1353</v>
       </c>
       <c r="D340" t="s">
-        <v>579</v>
+        <v>31</v>
       </c>
       <c r="E340" t="s">
-        <v>165</v>
+        <v>358</v>
       </c>
       <c r="F340" t="s">
-        <v>1256</v>
+        <v>781</v>
       </c>
       <c r="G340" t="s">
-        <v>1361</v>
+        <v>1354</v>
       </c>
       <c r="H340" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1362</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B341" t="s">
-        <v>1363</v>
+        <v>1356</v>
       </c>
       <c r="C341" t="s">
-        <v>1338</v>
+        <v>1357</v>
       </c>
       <c r="D341" t="s">
-        <v>579</v>
+        <v>64</v>
       </c>
       <c r="E341" t="s">
-        <v>165</v>
+        <v>1358</v>
       </c>
       <c r="F341" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="G341" t="s">
-        <v>1365</v>
+        <v>1360</v>
       </c>
       <c r="H341" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1366</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B342" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="C342" t="s">
-        <v>1344</v>
+        <v>1363</v>
       </c>
       <c r="D342" t="s">
-        <v>579</v>
+        <v>64</v>
       </c>
       <c r="E342" t="s">
-        <v>165</v>
+        <v>1364</v>
       </c>
       <c r="F342" t="s">
-        <v>1368</v>
+        <v>254</v>
       </c>
       <c r="G342" t="s">
-        <v>1365</v>
+        <v>1354</v>
       </c>
       <c r="H342" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1369</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B343" t="s">
-        <v>1370</v>
+        <v>1365</v>
       </c>
       <c r="C343" t="s">
-        <v>1334</v>
+        <v>1366</v>
       </c>
       <c r="D343" t="s">
-        <v>579</v>
+        <v>598</v>
       </c>
       <c r="E343" t="s">
-        <v>165</v>
+        <v>188</v>
       </c>
       <c r="F343" t="s">
-        <v>1371</v>
+        <v>1327</v>
       </c>
       <c r="G343" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
       <c r="H343" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B344" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
       <c r="C344" t="s">
-        <v>1375</v>
+        <v>1370</v>
       </c>
       <c r="D344" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E344" t="s">
-        <v>1376</v>
+        <v>827</v>
       </c>
       <c r="F344" t="s">
-        <v>1377</v>
+        <v>1371</v>
       </c>
       <c r="G344" t="s">
-        <v>1378</v>
+        <v>1372</v>
       </c>
       <c r="H344" t="s">
         <v>15</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1379</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B345" t="s">
-        <v>1380</v>
+        <v>1374</v>
       </c>
       <c r="C345" t="s">
-        <v>1381</v>
+        <v>1375</v>
       </c>
       <c r="D345" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E345" t="s">
-        <v>930</v>
+        <v>188</v>
       </c>
       <c r="F345" t="s">
-        <v>1382</v>
+        <v>1376</v>
       </c>
       <c r="G345" t="s">
-        <v>1383</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>1377</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1384</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B346" t="s">
-        <v>1385</v>
+        <v>1378</v>
       </c>
       <c r="C346" t="s">
-        <v>1331</v>
+        <v>1379</v>
       </c>
       <c r="D346" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E346" t="s">
-        <v>1376</v>
+        <v>188</v>
       </c>
       <c r="F346" t="s">
-        <v>1386</v>
+        <v>1275</v>
       </c>
       <c r="G346" t="s">
-        <v>1387</v>
+        <v>1380</v>
       </c>
       <c r="H346" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>1388</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B347" t="s">
-        <v>1389</v>
+        <v>1382</v>
       </c>
       <c r="C347" t="s">
-        <v>1390</v>
+        <v>1357</v>
       </c>
       <c r="D347" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E347" t="s">
-        <v>1391</v>
+        <v>188</v>
       </c>
       <c r="F347" t="s">
-        <v>1392</v>
+        <v>1383</v>
       </c>
       <c r="G347" t="s">
-        <v>1393</v>
+        <v>1384</v>
       </c>
       <c r="H347" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1394</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B348" t="s">
-        <v>1395</v>
+        <v>1386</v>
       </c>
       <c r="C348" t="s">
-        <v>1396</v>
+        <v>1363</v>
       </c>
       <c r="D348" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E348" t="s">
-        <v>1397</v>
+        <v>188</v>
       </c>
       <c r="F348" t="s">
-        <v>1398</v>
+        <v>1387</v>
       </c>
       <c r="G348" t="s">
-        <v>1399</v>
+        <v>1384</v>
       </c>
       <c r="H348" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1400</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B349" t="s">
-        <v>1401</v>
+        <v>1389</v>
       </c>
       <c r="C349" t="s">
-        <v>1402</v>
+        <v>1353</v>
       </c>
       <c r="D349" t="s">
-        <v>534</v>
+        <v>598</v>
       </c>
       <c r="E349" t="s">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="F349" t="s">
-        <v>1403</v>
+        <v>1390</v>
       </c>
       <c r="G349" t="s">
-        <v>1404</v>
+        <v>1391</v>
       </c>
       <c r="H349" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1405</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B350" t="s">
-        <v>1406</v>
+        <v>1393</v>
       </c>
       <c r="C350" t="s">
-        <v>1407</v>
+        <v>1394</v>
       </c>
       <c r="D350" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E350" t="s">
-        <v>339</v>
+        <v>1395</v>
       </c>
       <c r="F350" t="s">
-        <v>1408</v>
+        <v>1396</v>
       </c>
       <c r="G350" t="s">
-        <v>1409</v>
+        <v>1397</v>
       </c>
       <c r="H350" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1410</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B351" t="s">
-        <v>1411</v>
+        <v>1399</v>
       </c>
       <c r="C351" t="s">
-        <v>1412</v>
+        <v>1400</v>
       </c>
       <c r="D351" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E351" t="s">
-        <v>165</v>
+        <v>949</v>
       </c>
       <c r="F351" t="s">
-        <v>1413</v>
+        <v>1401</v>
       </c>
       <c r="G351" t="s">
-        <v>1414</v>
+        <v>1402</v>
       </c>
       <c r="H351" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1415</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B352" t="s">
-        <v>1416</v>
+        <v>1404</v>
       </c>
       <c r="C352" t="s">
-        <v>1417</v>
+        <v>1350</v>
       </c>
       <c r="D352" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E352" t="s">
-        <v>682</v>
+        <v>1395</v>
       </c>
       <c r="F352" t="s">
-        <v>1418</v>
+        <v>1405</v>
       </c>
       <c r="G352" t="s">
-        <v>1419</v>
+        <v>1406</v>
       </c>
       <c r="H352" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>1420</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B353" t="s">
-        <v>1421</v>
+        <v>1408</v>
       </c>
       <c r="C353" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="D353" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E353" t="s">
-        <v>682</v>
+        <v>1410</v>
       </c>
       <c r="F353" t="s">
-        <v>1423</v>
+        <v>1411</v>
       </c>
       <c r="G353" t="s">
-        <v>1424</v>
+        <v>1412</v>
       </c>
       <c r="H353" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1425</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B354" t="s">
-        <v>1426</v>
+        <v>1414</v>
       </c>
       <c r="C354" t="s">
-        <v>1427</v>
+        <v>1415</v>
       </c>
       <c r="D354" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E354" t="s">
-        <v>682</v>
+        <v>1416</v>
       </c>
       <c r="F354" t="s">
-        <v>1428</v>
+        <v>1417</v>
       </c>
       <c r="G354" t="s">
-        <v>1429</v>
+        <v>1418</v>
       </c>
       <c r="H354" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1430</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B355" t="s">
-        <v>1431</v>
+        <v>1420</v>
       </c>
       <c r="C355" t="s">
-        <v>1432</v>
+        <v>1421</v>
       </c>
       <c r="D355" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E355" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F355" t="s">
-        <v>1433</v>
+        <v>1422</v>
       </c>
       <c r="G355" t="s">
-        <v>1434</v>
+        <v>1423</v>
       </c>
       <c r="H355" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1435</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B356" t="s">
-        <v>1436</v>
+        <v>1425</v>
       </c>
       <c r="C356" t="s">
-        <v>1437</v>
+        <v>1426</v>
       </c>
       <c r="D356" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E356" t="s">
-        <v>682</v>
+        <v>358</v>
       </c>
       <c r="F356" t="s">
-        <v>1438</v>
+        <v>1427</v>
       </c>
       <c r="G356" t="s">
-        <v>1439</v>
+        <v>1428</v>
       </c>
       <c r="H356" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1440</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B357" t="s">
-        <v>1441</v>
+        <v>1430</v>
       </c>
       <c r="C357" t="s">
-        <v>1442</v>
+        <v>1431</v>
       </c>
       <c r="D357" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E357" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F357" t="s">
-        <v>1443</v>
+        <v>1432</v>
       </c>
       <c r="G357" t="s">
-        <v>1444</v>
+        <v>1433</v>
       </c>
       <c r="H357" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1445</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B358" t="s">
-        <v>1446</v>
+        <v>1435</v>
       </c>
       <c r="C358" t="s">
-        <v>1447</v>
+        <v>1436</v>
       </c>
       <c r="D358" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E358" t="s">
-        <v>1448</v>
+        <v>701</v>
       </c>
       <c r="F358" t="s">
-        <v>1449</v>
+        <v>1437</v>
       </c>
       <c r="G358" t="s">
-        <v>1450</v>
+        <v>1438</v>
       </c>
       <c r="H358" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1451</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B359" t="s">
-        <v>1452</v>
+        <v>1440</v>
       </c>
       <c r="C359" t="s">
-        <v>1453</v>
+        <v>1441</v>
       </c>
       <c r="D359" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E359" t="s">
-        <v>669</v>
+        <v>701</v>
       </c>
       <c r="F359" t="s">
-        <v>1433</v>
+        <v>1442</v>
       </c>
       <c r="G359" t="s">
-        <v>1450</v>
+        <v>1443</v>
       </c>
       <c r="H359" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1454</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B360" t="s">
-        <v>1455</v>
+        <v>1445</v>
       </c>
       <c r="C360" t="s">
-        <v>1456</v>
+        <v>1446</v>
       </c>
       <c r="D360" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E360" t="s">
-        <v>1457</v>
+        <v>701</v>
       </c>
       <c r="F360" t="s">
-        <v>1458</v>
+        <v>1447</v>
       </c>
       <c r="G360" t="s">
-        <v>1459</v>
+        <v>1448</v>
       </c>
       <c r="H360" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1460</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B361" t="s">
-        <v>1461</v>
+        <v>1450</v>
       </c>
       <c r="C361" t="s">
-        <v>1462</v>
+        <v>1451</v>
       </c>
       <c r="D361" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E361" t="s">
-        <v>682</v>
+        <v>210</v>
       </c>
       <c r="F361" t="s">
-        <v>1463</v>
+        <v>1452</v>
       </c>
       <c r="G361" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="H361" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1464</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="B362" t="s">
-        <v>1465</v>
+        <v>1455</v>
       </c>
       <c r="C362" t="s">
-        <v>1466</v>
+        <v>1456</v>
       </c>
       <c r="D362" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E362" t="s">
-        <v>1467</v>
+        <v>701</v>
       </c>
       <c r="F362" t="s">
-        <v>1468</v>
+        <v>1457</v>
       </c>
       <c r="G362" t="s">
-        <v>1469</v>
+        <v>1458</v>
       </c>
       <c r="H362" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>1470</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B363" t="s">
-        <v>1471</v>
+        <v>1460</v>
       </c>
       <c r="C363" t="s">
-        <v>1472</v>
+        <v>1461</v>
       </c>
       <c r="D363" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E363" t="s">
-        <v>1467</v>
+        <v>210</v>
       </c>
       <c r="F363" t="s">
-        <v>1382</v>
+        <v>1462</v>
       </c>
       <c r="G363" t="s">
-        <v>1473</v>
+        <v>1463</v>
       </c>
       <c r="H363" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1474</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B364" t="s">
-        <v>1475</v>
+        <v>1465</v>
       </c>
       <c r="C364" t="s">
-        <v>1476</v>
+        <v>1466</v>
       </c>
       <c r="D364" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E364" t="s">
-        <v>1477</v>
+        <v>1467</v>
       </c>
       <c r="F364" t="s">
-        <v>1478</v>
+        <v>1468</v>
       </c>
       <c r="G364" t="s">
-        <v>1479</v>
+        <v>1469</v>
       </c>
       <c r="H364" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1480</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B365" t="s">
-        <v>1481</v>
+        <v>1471</v>
       </c>
       <c r="C365" t="s">
-        <v>1482</v>
+        <v>1472</v>
       </c>
       <c r="D365" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E365" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="F365" t="s">
-        <v>1483</v>
+        <v>1452</v>
       </c>
       <c r="G365" t="s">
-        <v>1484</v>
+        <v>1469</v>
       </c>
       <c r="H365" t="s">
         <v>15</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1485</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B366" t="s">
-        <v>1486</v>
+        <v>1474</v>
       </c>
       <c r="C366" t="s">
-        <v>1487</v>
+        <v>1475</v>
       </c>
       <c r="D366" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E366" t="s">
-        <v>1457</v>
+        <v>1476</v>
       </c>
       <c r="F366" t="s">
-        <v>1488</v>
+        <v>1477</v>
       </c>
       <c r="G366" t="s">
-        <v>1489</v>
+        <v>1478</v>
       </c>
       <c r="H366" t="s">
         <v>15</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>1490</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B367" t="s">
-        <v>1491</v>
+        <v>1480</v>
       </c>
       <c r="C367" t="s">
-        <v>1492</v>
+        <v>1481</v>
       </c>
       <c r="D367" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E367" t="s">
-        <v>339</v>
+        <v>701</v>
       </c>
       <c r="F367" t="s">
-        <v>1493</v>
+        <v>1482</v>
       </c>
       <c r="G367" t="s">
-        <v>1489</v>
+        <v>1469</v>
+      </c>
+      <c r="H367" t="s">
+        <v>15</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1494</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B368" t="s">
-        <v>1495</v>
+        <v>1484</v>
       </c>
       <c r="C368" t="s">
-        <v>1496</v>
+        <v>1485</v>
       </c>
       <c r="D368" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E368" t="s">
-        <v>1497</v>
+        <v>1486</v>
       </c>
       <c r="F368" t="s">
-        <v>1304</v>
+        <v>1487</v>
       </c>
       <c r="G368" t="s">
-        <v>1498</v>
+        <v>1488</v>
       </c>
       <c r="H368" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1499</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B369" t="s">
-        <v>1500</v>
+        <v>1490</v>
       </c>
       <c r="C369" t="s">
-        <v>1501</v>
+        <v>1491</v>
       </c>
       <c r="D369" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E369" t="s">
-        <v>169</v>
+        <v>1486</v>
       </c>
       <c r="F369" t="s">
-        <v>1299</v>
+        <v>1401</v>
       </c>
       <c r="G369" t="s">
-        <v>1502</v>
+        <v>1492</v>
       </c>
       <c r="H369" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1503</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B370" t="s">
-        <v>1504</v>
+        <v>1494</v>
       </c>
       <c r="C370" t="s">
-        <v>1505</v>
+        <v>1495</v>
       </c>
       <c r="D370" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E370" t="s">
-        <v>165</v>
+        <v>1496</v>
       </c>
       <c r="F370" t="s">
-        <v>1506</v>
+        <v>1497</v>
       </c>
       <c r="G370" t="s">
-        <v>1507</v>
+        <v>1498</v>
       </c>
       <c r="H370" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1508</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B371" t="s">
-        <v>1509</v>
+        <v>1500</v>
       </c>
       <c r="C371" t="s">
-        <v>1510</v>
+        <v>1501</v>
       </c>
       <c r="D371" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E371" t="s">
-        <v>1397</v>
+        <v>701</v>
       </c>
       <c r="F371" t="s">
-        <v>1511</v>
+        <v>1502</v>
       </c>
       <c r="G371" t="s">
-        <v>1512</v>
+        <v>1503</v>
       </c>
       <c r="H371" t="s">
         <v>15</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1513</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B372" t="s">
-        <v>1514</v>
+        <v>1505</v>
       </c>
       <c r="C372" t="s">
-        <v>1515</v>
+        <v>1506</v>
       </c>
       <c r="D372" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E372" t="s">
-        <v>165</v>
+        <v>1476</v>
       </c>
       <c r="F372" t="s">
-        <v>1516</v>
+        <v>1507</v>
       </c>
       <c r="G372" t="s">
-        <v>1517</v>
+        <v>1508</v>
       </c>
       <c r="H372" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1518</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B373" t="s">
-        <v>1519</v>
+        <v>1510</v>
       </c>
       <c r="C373" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
       <c r="D373" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E373" t="s">
-        <v>169</v>
+        <v>358</v>
       </c>
       <c r="F373" t="s">
-        <v>1270</v>
+        <v>1512</v>
       </c>
       <c r="G373" t="s">
-        <v>1507</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>1508</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1521</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="B374" t="s">
-        <v>1522</v>
+        <v>1514</v>
       </c>
       <c r="C374" t="s">
-        <v>1523</v>
+        <v>1515</v>
       </c>
       <c r="D374" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E374" t="s">
-        <v>169</v>
+        <v>1516</v>
       </c>
       <c r="F374" t="s">
-        <v>1124</v>
+        <v>1323</v>
       </c>
       <c r="G374" t="s">
-        <v>1524</v>
+        <v>1517</v>
       </c>
       <c r="H374" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1525</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="B375" t="s">
-        <v>1526</v>
+        <v>1519</v>
       </c>
       <c r="C375" t="s">
-        <v>1527</v>
+        <v>1520</v>
       </c>
       <c r="D375" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E375" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="F375" t="s">
-        <v>1528</v>
+        <v>1318</v>
       </c>
       <c r="G375" t="s">
-        <v>1529</v>
+        <v>1521</v>
       </c>
       <c r="H375" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1530</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="B376" t="s">
-        <v>1531</v>
+        <v>1523</v>
       </c>
       <c r="C376" t="s">
-        <v>1347</v>
+        <v>1524</v>
       </c>
       <c r="D376" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E376" t="s">
-        <v>1532</v>
+        <v>188</v>
       </c>
       <c r="F376" t="s">
-        <v>1533</v>
+        <v>1525</v>
       </c>
       <c r="G376" t="s">
-        <v>1534</v>
+        <v>1526</v>
       </c>
       <c r="H376" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1535</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B377" t="s">
-        <v>1536</v>
+        <v>1528</v>
       </c>
       <c r="C377" t="s">
-        <v>1351</v>
+        <v>1529</v>
       </c>
       <c r="D377" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E377" t="s">
-        <v>169</v>
+        <v>1416</v>
       </c>
       <c r="F377" t="s">
-        <v>1537</v>
+        <v>1530</v>
       </c>
       <c r="G377" t="s">
-        <v>1538</v>
+        <v>1531</v>
       </c>
       <c r="H377" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1539</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B378" t="s">
-        <v>1540</v>
+        <v>1533</v>
       </c>
       <c r="C378" t="s">
-        <v>1356</v>
+        <v>1534</v>
       </c>
       <c r="D378" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E378" t="s">
-        <v>1541</v>
+        <v>188</v>
       </c>
       <c r="F378" t="s">
-        <v>1542</v>
+        <v>1535</v>
       </c>
       <c r="G378" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="H378" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1544</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B379" t="s">
-        <v>1545</v>
+        <v>1538</v>
       </c>
       <c r="C379" t="s">
-        <v>1360</v>
+        <v>1539</v>
       </c>
       <c r="D379" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E379" t="s">
-        <v>339</v>
+        <v>192</v>
       </c>
       <c r="F379" t="s">
-        <v>1433</v>
+        <v>1289</v>
       </c>
       <c r="G379" t="s">
-        <v>1546</v>
+        <v>1526</v>
       </c>
       <c r="H379" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1547</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B380" t="s">
-        <v>1548</v>
+        <v>1541</v>
       </c>
       <c r="C380" t="s">
-        <v>1338</v>
+        <v>1542</v>
       </c>
       <c r="D380" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E380" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="F380" t="s">
-        <v>1549</v>
+        <v>1143</v>
       </c>
       <c r="G380" t="s">
         <v>1543</v>
       </c>
       <c r="H380" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1550</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B381" t="s">
-        <v>1551</v>
+        <v>1545</v>
       </c>
       <c r="C381" t="s">
-        <v>1344</v>
+        <v>1546</v>
       </c>
       <c r="D381" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E381" t="s">
-        <v>1397</v>
+        <v>192</v>
       </c>
       <c r="F381" t="s">
-        <v>1552</v>
+        <v>1547</v>
       </c>
       <c r="G381" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="H381" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1553</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="B382" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D382" t="s">
+        <v>553</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F382" t="s">
+        <v>1552</v>
+      </c>
+      <c r="G382" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H382" t="s">
+        <v>85</v>
+      </c>
+      <c r="I382" s="1" t="s">
         <v>1554</v>
-      </c>
-[...19 lines deleted...]
-        <v>1558</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="B383" t="s">
-        <v>1559</v>
+        <v>1555</v>
       </c>
       <c r="C383" t="s">
-        <v>1334</v>
+        <v>1370</v>
       </c>
       <c r="D383" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E383" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="F383" t="s">
-        <v>1560</v>
+        <v>1556</v>
       </c>
       <c r="G383" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
       <c r="H383" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B384" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D384" t="s">
+        <v>553</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F384" t="s">
+        <v>1561</v>
+      </c>
+      <c r="G384" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H384" t="s">
+        <v>85</v>
+      </c>
+      <c r="I384" s="1" t="s">
         <v>1563</v>
-      </c>
-[...19 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="B385" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="C385" t="s">
-        <v>1569</v>
+        <v>1379</v>
       </c>
       <c r="D385" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E385" t="s">
-        <v>169</v>
+        <v>358</v>
       </c>
       <c r="F385" t="s">
-        <v>1570</v>
+        <v>1452</v>
       </c>
       <c r="G385" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H385" t="s">
+        <v>85</v>
+      </c>
+      <c r="I385" s="1" t="s">
         <v>1566</v>
-      </c>
-[...4 lines deleted...]
-        <v>1571</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B386" t="s">
-        <v>1572</v>
+        <v>1567</v>
       </c>
       <c r="C386" t="s">
-        <v>1573</v>
+        <v>1357</v>
       </c>
       <c r="D386" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="E386" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="F386" t="s">
-        <v>1574</v>
+        <v>1568</v>
       </c>
       <c r="G386" t="s">
-        <v>1575</v>
+        <v>1562</v>
       </c>
       <c r="H386" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1576</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387">
+        <v>8</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D387" t="s">
+        <v>553</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1571</v>
+      </c>
+      <c r="G387" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H387" t="s">
+        <v>15</v>
+      </c>
+      <c r="I387" s="1" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9">
+      <c r="A388">
+        <v>7</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D388" t="s">
+        <v>598</v>
+      </c>
+      <c r="E388" t="s">
+        <v>210</v>
+      </c>
+      <c r="F388" t="s">
+        <v>1575</v>
+      </c>
+      <c r="G388" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H388" t="s">
+        <v>85</v>
+      </c>
+      <c r="I388" s="1" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9">
+      <c r="A389">
+        <v>6</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D389" t="s">
+        <v>553</v>
+      </c>
+      <c r="E389" t="s">
+        <v>192</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1579</v>
+      </c>
+      <c r="G389" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H389" t="s">
+        <v>85</v>
+      </c>
+      <c r="I389" s="1" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9">
+      <c r="A390">
+        <v>5</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D390" t="s">
+        <v>553</v>
+      </c>
+      <c r="E390" t="s">
+        <v>192</v>
+      </c>
+      <c r="F390" t="s">
+        <v>1584</v>
+      </c>
+      <c r="G390" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H390" t="s">
+        <v>85</v>
+      </c>
+      <c r="I390" s="1" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9">
+      <c r="A391">
+        <v>4</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D391" t="s">
+        <v>553</v>
+      </c>
+      <c r="E391" t="s">
+        <v>192</v>
+      </c>
+      <c r="F391" t="s">
+        <v>1589</v>
+      </c>
+      <c r="G391" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H391" t="s">
+        <v>85</v>
+      </c>
+      <c r="I391" s="1" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9">
+      <c r="A392">
+        <v>3</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D392" t="s">
+        <v>553</v>
+      </c>
+      <c r="E392" t="s">
+        <v>192</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1593</v>
+      </c>
+      <c r="G392" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H392" t="s">
+        <v>85</v>
+      </c>
+      <c r="I392" s="1" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9">
+      <c r="A393">
         <v>2</v>
       </c>
-      <c r="B387" t="s">
-[...21 lines deleted...]
-        <v>1581</v>
+      <c r="B393" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D393" t="s">
+        <v>553</v>
+      </c>
+      <c r="E393" t="s">
+        <v>192</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G393" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H393" t="s">
+        <v>85</v>
+      </c>
+      <c r="I393" s="1" t="s">
+        <v>1600</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">